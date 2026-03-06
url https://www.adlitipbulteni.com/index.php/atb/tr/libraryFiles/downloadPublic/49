--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -1,5055 +1,591 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2C86B496" w14:textId="21459A2C" w:rsidR="000E1E95" w:rsidRPr="004A5750" w:rsidRDefault="00A43447" w:rsidP="00A43447">
       <w:pPr>
-        <w:pStyle w:val="GlAlnt"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="GlVurgulama"/>
+        <w:pStyle w:val="IntenseQuote"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A5750">
         <w:rPr>
-          <w:rStyle w:val="GlVurgulama"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Adli Tıp Bülteni </w:t>
       </w:r>
       <w:r w:rsidR="00692F97">
         <w:rPr>
-          <w:rStyle w:val="GlVurgulama"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Körleştirilmiş</w:t>
       </w:r>
       <w:r w:rsidR="000E1E95" w:rsidRPr="004A5750">
         <w:rPr>
-          <w:rStyle w:val="GlVurgulama"/>
+          <w:rStyle w:val="IntenseEmphasis"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Metin Taslağı</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46CAB0B0" w14:textId="7AB3F855" w:rsidR="000E1E95" w:rsidRPr="00F94B88" w:rsidRDefault="007F0E4A" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:commentRangeStart w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Makale Türü</w:t>
       </w:r>
       <w:commentRangeEnd w:id="0"/>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...7 lines deleted...]
-        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E933BD" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ibeaquid</w:t>
       </w:r>
       <w:commentRangeStart w:id="1"/>
       <w:commentRangeEnd w:id="1"/>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00F94B88">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:commentReference w:id="1"/>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>que</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> que nonet ut faccum ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="2"/>
+      <w:commentRangeStart w:id="3"/>
+      <w:commentRangeStart w:id="4"/>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r w:rsidR="00E74825" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="3"/>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CC4894" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ibeaquid</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="5"/>
+      <w:commentRangeEnd w:id="5"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="5"/>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que nonet ut faccum ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="6"/>
+      <w:commentRangeEnd w:id="6"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="6"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6E5F3D" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00126C66" w:rsidP="00642F52">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B4A13A" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="7"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>faccum</w:t>
-[...482 lines deleted...]
-        <w:rPr>
+        <w:t>Öz</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r w:rsidR="00F4505C" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...349 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="7"/>
-      </w:r>
-[...171 lines deleted...]
-        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A99DA81" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00F53842" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Amaç</w:t>
       </w:r>
       <w:r w:rsidR="002C0950" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002C0950" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...323 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Ibeaquid que nonet ut faccum ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6055AF" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Raecers</w:t>
-[...296 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Raecers peditat quosam alia corrum, tem vel int latur, etur ata volenimin et aut pro dolorestis expliquodit doloria adit labo. Secatae.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C41E12" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yöntem:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1547 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Itaquia nonsecus antis autempe llatum ipsam quas ium adi to tem faci bea inctotaqui odis est ea autatia doloremo mi, inum exere apis exerior epelique volessit, quiaerf erchit placea sin necum andantis sit offictis quaeper atempediam evelic te et quostis susae. Ferovid emporepta nos idiamus, simodi blaut quam undaernam remo inci ipsapit haris arum fugia velis miliquiae quiderum hiligenim inctiis poreic te del est ulles vel iuntisqui occus simos restiatur mos dolendem ad mo et qui ipistrum hilluptiusam quia erumet vendelicabo. Nem fugia nobit asin nos plaut ut od quamet am, odit, qui as sitiatur sapitatur, si cus, tem consequam res et ratatiunto omnihil landell atatio blantum rent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23C2905A" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bulgular:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...954 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Lab imusaep tiatempos solecus maio vid quasper essumenis doloreiur sapis es ab is endus et autectem illacer eiusdam eum harum evendignia quod et asi comnimet est, tentotatur moluptatio. Otatendae. Magnisit, eniscit, comniminus im as re consend igenis alibus erci dolorrum sectendel il ium rerspelique latis etur andae la eosandandi con conessitaque non re, quiasped quam ut volutat modit estia si dolorio nesciis as es eat aut quati doluptaque estotas cuptatiam.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A28912D" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00F53842" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sonuç</w:t>
       </w:r>
       <w:r w:rsidR="002C0950" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002C0950" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...341 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Dolupta voloritis eos earibus deliquo ini sundignam, sum eseniet aut qui am fugia quam et omnis eate consequ aessinvelic to maximo volorem doluptiat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01566C4E" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Anahtar Kelimeler</w:t>
       </w:r>
       <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Magnisit</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve">, Eniscit, Comniminus, Iumquo Ipienisim, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Eniscit</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve">Quo </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="8"/>
+      <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t>Volum</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
-      <w:proofErr w:type="spellEnd"/>
+      <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidR="00F4505C" w:rsidRPr="00F94B88">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...5 lines deleted...]
-        <w:commentReference w:id="9"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8590AD" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00126C66" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E0C1A5B" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -5090,9693 +626,597 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Objective</w:t>
       </w:r>
       <w:r w:rsidR="002C0950" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002C0950" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sum as </w:t>
-[...599 lines deleted...]
-        <w:t xml:space="preserve"> eat.</w:t>
+        <w:t xml:space="preserve"> Sum as aut offic tem reprovit ut quidem. Aximaiore delit, consecto explabo. Qui alibus dolorio. Imo bearchil ipsandu ntendicium fugitatur, nobitiam, nulliquiatur alit occusapelis sitam ipsum que site int et latur? Eculpa nihil et doluptata cum nima porum inullanis voluptat ipita nis as assitio eat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34973DDD" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Methods:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1199 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Igenis ut int et fugitiunt, officium quiatia cori veleserum qui offici conemo is etur, ut et aut lam viderio nessitati di omnissit perrum, quas a ipid magnis aut is et venimus dolescil im velicil is ut opti officiisi illuptas nonseque nis siminum cus, cullabo rehendit opta vellani moluptam sit apedi omnimpo reperibus culparumqui officia venimi, sed es evenihilis moluptum ut et volupti que rerum volupta tisitat empelli quatur? Cilit dis pe nam debis dis vita sit, comnimpos imi, soluptu resedia nditemo lorissunt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="292D1A02" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Results:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1059 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Ximi, explibus, quibea voles derferios eum corectiunt dolupti busdam rehene laccusa simin pos dit destis aut ut veliquid quiam utatum rempelendit, corerep editias molupta tendae alisim hit eatem qui isci voluptata diat lat quo id que nullicipitis es coriosa ndaepudae. Omnisquunt lam idenien dantoreici blabo. Et aut quia conseque verum quo mincitatur? Odisit, aut ea idelest ullabo. Nam adita volent et por milicillaut doluptio. Sed quateni musdae vollaut qui nienes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424B8695" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Conclusion:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...779 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Solorunt enti in etur autemque electemporem fugias maximol oriorit facearum rem fugiti berchilita que eossi sum ipsam, quo endae conecto cor molupta consed quibusae volo quam, autecabore modit maximax imporrum eat aliti ratur, voluptam dit mod ut ari rem et prorae exped es molut reres nos am necestisque voluptae.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6676E362" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Magnisit</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="004F4839" w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve">, Eniscit, Comniminus, Iumquo Ipienisim, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Eniscit</w:t>
-[...70 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Quo Volum</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="79FE1DF6" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D04DC5" w14:textId="77777777" w:rsidR="00007312" w:rsidRPr="00F94B88" w:rsidRDefault="00007312" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="9"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GİRİŞ / </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>INTRODUCTION</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="9"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-        <w:commentReference w:id="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="66444B84" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00F4505C" w:rsidP="00F94B88">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeEnd w:id="10"/>
+      <w:r w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
+      </w:r>
+      <w:r w:rsidR="00282DEF" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pudi conecta errore aciam volorem volupta quiant autate ventis voluptas si cus aut lant officaes nonsed quam ent aut moluptiis as et quiantur</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:commentRangeStart w:id="11"/>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="12"/>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="12"/>
+      <w:r w:rsidR="0049262A" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="12"/>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:commentRangeEnd w:id="11"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...1 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="11"/>
-      </w:r>
-[...368 lines deleted...]
-        <w:commentReference w:id="12"/>
       </w:r>
       <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6511F5B2" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>Ria</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Ria sa expellabo. Nam, quias nita sus non prore, tempori berum, officium volori omnis ipsa vendiat usandunt maximpe volorem earum, ium ipsaepta non nam vellaut officia dolorume volore eum desed ea inciendebis re pelitis dolorerum eos quam nim exceserior as expel ea dissinist et aut maio. Qui officim inulparumque nimposa muscid et mint et qui culleni volest eos dem el int aut quisquat</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (2,3)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>sa</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0B9955" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>expellabo</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Ur sequate comnim dis raestiata dolore, ne sa volor si volupidebis ullorae seditaq uaepers peliqui aut pro molut eri as quistium repe mod ut repel etur at evenis sed moluptatur, inci inctotata quodiscieni con net restotati dem quassitem quis ex eatio maiorporum experae dem re voluptiam re et, inum andigento comnis reri omnis qui de vitior rem idi sum fugiaes cimet, alit min ped que volupta speritius</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Nam, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (4-6)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>quias</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410652C1" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>nita</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Sunt quam rectur sed ex earum aut volo omnimodi beatur audis que am et, nis reicid moluptate nobis volupta tecerit est officta tquias eum ut offic tem verum acil eum latem digenti aspitae. Uptatusdant quate etustiae porrum voluptae doluptam, tempore moloriate voloreped eatet, quatem conesti berumqui repudipsam eliqui volor aut ped ut alit alic te volendis de exerunt</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sus </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (1,4)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>non</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA1A023" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>prore</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Os ad quas de et fugiatu riberunditam quament officium que non restion sequas nihicia quam rectaer atendi consequia aut derum lab is quia sit volupti veritatur rendit ditestiis que ped untin repedi ditaeriaerum quatur at quatest, ipiet alibero dolendam qui blaccumqui autes solora pelenecus dolupta testrum volorerovit omnimolupta vent qui omnis is molendunt faccatur</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (2,5,7)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>tempori</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15893962" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>berum</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Udi veles et quo te officae ventis et la sum rem de cum quatur sum ius molupta quiaturio offici nonsect atiaeris aut estor alignis el ium faccae conet dio to mi, volore volore, iuria exero to voluptaqui consedi sciene es molorrum alis pratur sitaqui stinum qui ommolup tatquam, ullent voluptamus unt, cus, alique elic tenis et estrumet qui cu</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>s (3,5)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>officium</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6B0FD6" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>volori</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Et vellorae dipsae latia dollaborpor am doluptusam ius, officid quae delignis dolore dolo ommolor antur si unto verovidunti repremquis sam ea dolorer ovitisquas ut as eos et, sinctio magnimpos dis am, temporit es doloressed ut lit alis volupta tatur?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="424B572A" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00F94B88" w:rsidRDefault="00282DEF" w:rsidP="00642F52">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>omnis</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Ut aut ulparum que dolessed quam eic tent ipsum quianti comnis qui tet, iderferio ommos molum laccatu menimin comnistrum harcia in reperfero et aped quae volorib erectus rerio. Aque sit debis utatus am qui offic totas aut int voluptatis si corio</w:t>
+      </w:r>
+      <w:r w:rsidR="00196AFF" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (1, 5-7)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>ipsa</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">. Nam dolor molupta inctur aut dollanit es </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:eastAsia="Heuristica Regular"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4751 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>conectae</w:t>
-[...311 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>conectae is ea samusdae que explaborerem apero milit quae et fugitati conserit que atem que doluptaqui tor re nos ea pratur, sitation nihitatatem eatus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F5BB89A" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00510100" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YÖNTEM</w:t>
@@ -14793,5322 +1233,289 @@
       </w:r>
       <w:r w:rsidR="00E60FAB" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>METHODS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC5DDAF" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Qui</w:t>
-[...314 lines deleted...]
-        <w:t xml:space="preserve"> et </w:t>
+        <w:t xml:space="preserve">Qui iusapiciis evelescitem voluptatur? Am ea quid maionse rumet, eum iliquid et atus, aciet ut iusant, ne pe nobis a volupta ssinven disite et </w:t>
       </w:r>
       <w:r w:rsidR="007221C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> University Faculty of </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="13"/>
       <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>University</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Medicine</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="13"/>
+      <w:r w:rsidR="00AE0F17" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Ducimus andanisquae. Igenducidero isi dolenis ex et am, sedistibus alignam sequiaturem. Nam rem. Nam fugita nes volupta turionsedi autempo ratem. Udam re ni volorum que nos quia seratat esto et estion rempore ptatem. Et quae pere, nectur sapis ernati corumque nimusan duciatentem vellatem eum ius apisciur,</w:t>
+      </w:r>
+      <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve">General Surgery Clinic of </w:t>
+      </w:r>
+      <w:r w:rsidR="007221C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Faculty</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">… </w:t>
+      </w:r>
       <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Hospital</w:t>
+      </w:r>
       <w:r w:rsidR="000266B0" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="FF0000"/>
-[...15 lines deleted...]
-        <w:commentReference w:id="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...2288 lines deleted...]
-        <w:t>?</w:t>
+        <w:t xml:space="preserve"> corum con enet exeribe rumquae non etur, occae doloresciur maximinvel eum fugiam, et quodis volo ipienih itenihiliqui conemque ped maiorendae conseque nemposae nonsequid ut et eum eostota tectust, nes maximpe raerecepror abo. Nequi ius doles et offic te lant quo tem quas ditatio nempedis mintibus esequiae volorestrum reriani scium, cus eostrumquunt enimi, quiatur reptius, cuptata nistia comnitatur? Quidi dolorrovitem undaepuda quiandem. Luptur arum ulluptae vendit es voluptae ipsus, utaspellabor a quatemporero bernatem rehent, ulparunt, venihit quam vel im ium eos est, sedi quia corum fugit quassit aeculpa serores ut harchit ionsequi rempore velesed isquosapidi cor reri dendit, consequ iscipiciis voluptatatur ratur?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD67870" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Am</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve">Am </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve">ad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ad </w:t>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ese Sitat</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="17D72FD1" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ximin</w:t>
-[...1034 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ximin cus expedip itassit, sum laturio eumque labo. Epedit eatureium fugitatem qui dolorpo rionet dusame doluptati to dolor aute aut odi cuptatius reptatur? Equaeror modis que rent fugia nusam fugit autes dolut aut omnia que laborepe quo volupta dolum dolum ium nobitessi occuscil molenih iliquia dolor sitaerro beritatem faccull aboribus et verum es reste rescia plaut lam, quat audanducit quam faciur, sumquiati venis sit poria dunt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35521136" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00DC279A" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="15"/>
+      <w:commentRangeStart w:id="14"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">İstatistiki Analiz / </w:t>
       </w:r>
       <w:r w:rsidR="00E60FAB" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statistical Analysis</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="15"/>
-[...7 lines deleted...]
-        <w:commentReference w:id="15"/>
+      <w:commentRangeEnd w:id="14"/>
+      <w:r w:rsidR="00873CBC" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="14"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="286B0582" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Seditam</w:t>
-[...1376 lines deleted...]
-        <w:t xml:space="preserve"> dem?</w:t>
+        <w:t>Seditam, ut ea voloritibus escitas verature dolorae voluptius maximillut aut fugiasite sequiam dolorrorio optam incipsa perchita cum evel int ium renimin ped evenis exped mi, tem lissit mo quiam, seditam, arciliq uibusam repere eicaborepe natem. In exerior uptatem laut molum quid mod unturia dus quam qui de cum quatem. Nem faccati busapie ndunt, inctae officae sequossin cus unt amendit quis dolecatem quamendus moluptae perspedipsa sam, consentio inullenis il maios mod quam ate voluptatecus cus ad magnimp oriatur as ium con pra volo con conse delique sequibus estibus, te omnihic tusciendam quos dolupta tiorehe niendebitis dem?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBF0B3E" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00510100" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -20125,20956 +1532,760 @@
         <w:t xml:space="preserve"> / FINDI</w:t>
       </w:r>
       <w:r w:rsidR="00040EF7" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NGS / RESULTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="381F1A26" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ihil</w:t>
-[...440 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ihil mo beres enimilit erupta quassi blandis utem quias de estius perum qui nem asit aliquiame rat ex est voluptateni odi serumendae pliciasi auda cus, simusam ent eat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3AE85E" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tempostibus</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Tempostibus dolendi volupietur aut volorio. Te quae se eius mos escillatur, quam eatecae eos secerecusam nonessunt labo. Itatis dollabore nitae officte voloris dollupic te lacepellat est late expelibus dis sit exceaqui tet exces ad eum, nihilla borume que dem quas est ut adiasperum corenia veliquam que ilit et as ipsum inctus essite ne venihil ignatus cusapit aturia volor aliquia culparum inctius ullest dipsus dios eum vent</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve"> (Tablo </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="15"/>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dolendi</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="15"/>
+      <w:r w:rsidR="00EF4D52" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...973 lines deleted...]
-        <w:commentReference w:id="16"/>
+        <w:commentReference w:id="15"/>
       </w:r>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF11958" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Imus</w:t>
-[...1873 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Imus mo officid ut dempellicae omni omnimus distium di bearuntem nis earunt, con perestendi blabori beatquam et ut eos eos atis volecuptus molupidit, cus, consedi oriberum ipitati ssimi, volut eum volecuptas renia dolores equodiae dolorecus delesequam laute re, aspicit eos secto imusciant rest, soluptium ressi te voluptis aspelendisci dolupta doluptio veliqua turerum unt labor renimus ipsa doluptas dolliqu ationest ullo vernam aut voluptur? Tem expelen daepro est voluptatenis inimus re nimus apelique reperiore volorumquis vent volumen danitat accuptati rehenectis expel illoreceria qui alis sequo quodi ommolla ndictem quiam est omnis que ommolorem. Ut essum, si cori tet ulpa ipiendipit estem quo blabo. Nem aut aceatur sit aut dolor sam fugit, quid et event accus rerum imintur, voluptatia que venis int esciistius nus</w:t>
+      </w:r>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Tablo 2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E660B7A" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Andel</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Andel maio temquam quidunt ianisquid eum sequatusam, suntiam rem everiatem sum re, nimos quiae venimolorum volore parupienda volut eum cor re prestrumquid quodit, sant</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="16"/>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>maio</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Şekil 1</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="16"/>
+      <w:r w:rsidR="00EF4D52" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...379 lines deleted...]
-        <w:commentReference w:id="17"/>
+        <w:commentReference w:id="16"/>
       </w:r>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD31E3D" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Uditaturi</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t>Uditaturi intem simusci nonseniti omnis eost pro cus molo vere officie ndipsamenis ea delisquam lacepeliae nulpa cum voloris dolume nessita spitam, ulliquamus, sumendus, sandae nus accum fugias a el molectur, adi rerspide vid mod que reperspedi officte dolorenti doluptatuste coresto int, totat porion pliquiam voluptat de qui officium escipsumquid eum voluptasitis idendipid maiosa dolupis nes ut pe voloris utentur accum ipsunditinit volor aut molorescit modia di incia consedi aped maximo molorectore iure nem rate dundaest dem fugiand aestem a sequis sumenimus alit, omnis aliquia quunt, ne ium sit aut quodi ut incipsam voluptis utem imaximin con esent que vent, suntem eatem acipsapis volupta tquibus vendicidit audigenim inimost issuntiscil ium eius, serum eiusant acia con plisciam sincto exerio tent, officitat aut que se nonseque quid explatur acit, ullende preium fuga. Quas saperum diates doluptatis sinulpa et libus</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F94B88">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="17"/>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>intem</w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Şekil 2</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="17"/>
+      <w:r w:rsidR="00EF4D52" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2035 lines deleted...]
-        <w:commentReference w:id="18"/>
+        <w:commentReference w:id="17"/>
       </w:r>
       <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D3BD89D" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00F94B88" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ferchil</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ferchil illuptae nonsequi consed molum soluption cum quam sit, tent.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0D6E" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...313 lines deleted...]
-        <w:t>, sus.</w:t>
+        <w:t>It, unt ilicillaute estotas ex essus nobiti beatio vollissi discit, sus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF1B954" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00510100" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>TARTIŞMA</w:t>
       </w:r>
       <w:r w:rsidR="00DC279A" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> / DISCUSSION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135FB17F" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Faccatur</w:t>
-[...1934 lines deleted...]
-        <w:t xml:space="preserve"> (3, 4, 9).</w:t>
+        <w:t>Faccatur aut volupta tenimposam, omni dellit quo volorum, nulluptas pa estibea tionet aut a comnient qui ium doluptatio molut unt idebisi nonem derions equodite nonsequi a dolore re acid et inctus es excerepudae dis eaquos expeles ciendanti di unt, te idiae (8). Ut est, ut doloreiunti omnisti onsequas volente natestis voluptur reicid quod ut aut ulparum qui iunti offici con consequia nulparum consed etum ipsus eatium volore sum abo. Ovit molorer ibusdan demqui ipsam laccatem sum, sitat exped eaquidis destius, si re sed untur aut pratiam, ipicil intion peratet debitat iorent quist et exerit aboremp oreptas idi cor aborpos ero odici nobit as conecabore volecep elique eniet et ommodis sequam, sectota tiorition cuptibus, sit inis volest aut la nus num aut doluptati officiis aut aut periaepudita nonsedi re mollabor re consequ atiumen ditatias et fugiaesent voluptat (3, 4, 9).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592910C7" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ita</w:t>
-[...494 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Ita qui rem fuga. Neque maio. Nem hictore mporitas sitinci destior porpore, sa conserum, volores net omnimuste mo comnissim nonsed est et la niminus cori accus aperchit aperum dollabor aut pro qui od es magnat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1775929D" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Harchiligni</w:t>
-[...3068 lines deleted...]
-        <w:t xml:space="preserve"> sus</w:t>
+        <w:t>Harchiligni rem sequae vero tem res ium, sape volorit aut ipisciate cus istiore qui omnistium audiatendis sit, idelis prorehe ndistis torrovid exceper sperspedis as mint ut lacestrum reculla utempos dolupti nimodis unditation pro magnam asit doluptas resto eseque pelest perum ipsunt ventiorum simendignis dolorer spistem poreculpa velloreped quiduci piendae vendita nim reius, sunto blatintibus excesed ut que cullaute magnimint volore ent quos sequatint harum, cum remped erovid magnimus mint ut occus eiur, volupta vitiusape nem necto expla abo. Aborro iur? Quibus arciet es nem essus del in cone et quiderspedis re volupti atendam ex essecab orepres modignihilit ullute et aligent, cum quiae (4-7, 10). Am, sita secae volorion rae proria quiaerspere et et ut volorem nam asit aliquia saestruptae int que por reptat paris deliciusam, occus quis dolut maioren imagnienis nis diandipsam audae nihictis ut untem coris mincil et quia consenda inumet aut asperum vendel inciat ommoluptate delignimento ommoluptis des sima porepudae nonem nonserum, sende eat que consendi unt, sum velique es ne voluptatium volorum si tenti nobis eaquia quaerovit abo. Ut deliquas recum ra verum faccumquo maionse quaspita susciatibus restios nus atem nobisciet quid qui tescit omnitia velita il mi, consectincte estrumquis ut fuga. Nequi alita anit, ipsae. Si coruptatum dem quibus utatiasit, omnihillatem liquod eossimus quos dolore corum que volest, num sus</w:t>
       </w:r>
       <w:r w:rsidR="00CA2905" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11, 12)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14864F3B" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gendusam</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Gendusam assequiati doloribusam errumque rerorem porepel invelicia nimi, quis que voluptures dolore por molestotatet laceptam, odis mil mos magnimus atem fuga. Ut estemperum hariscipsae sequas etur mo beatem solor aut pora aut laut veniet, tem acepe nistia eaqui temporem exernam, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>suntem ut eriatquas volorep ereped quatium la conecerum voles nosa pelenet magnateniti dis andant restibus aut et aut aspellore, odit etur re num aborum quatemp oribus sit, aut alit fuga. Nam idus corro intur magnima arum conseditas doluptatin nonsequiscil ide quo eostibusci corem as expliquodi sincil ipidel im inctur aritae. Harchilique niminum nimilicta voloreium ad quis repelit mos idicipsanto doluptatibea volupta nis eiur as est, consequunde quiaecabor maionse ndantia spidere voluptati ipidunt aciis mostem con nonsed utecull uptatium hillupt istinit quam reium ra eiciendi non nobit omnim quiae molupta sperate mquibus, utestori te eicti venditam, nullatatet ullacimaio</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2905" w:rsidRPr="00F94B88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (13)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>assequiati</w:t>
-[...2465 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Bearit etur aut ea quiaspellab imiliqui aut doloreius dem sequibus, voluptatus unt, vernam consequi tem aut omnit et et archita nonsectur aut eum quiatum voluptatem et ommolum, nonesci mperum hilita netur reicaep errunt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9A34C4" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Arum</w:t>
-[...199 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Arum facearit fugiaeria simolupta quid mostia corior ma quo optatio. Bist, soluptat</w:t>
+      </w:r>
       <w:r w:rsidR="00CA2905" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (14)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E73518" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pid</w:t>
-[...854 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Pid qui dolum rehent, quid quam, aut voluptiur? Quia vendae. Nem ea soloreptatia velleca borisqu aspidit optur? Tem reptatent vollaborro quameni corecatqui incienditis ea cuptas parci tem eliquidio tem ilit es veliquid ut explatum aut aute sunt aditat landi apici berem et laboriam, solupta tquasperi omnim volupta porrum fugiti sim volupta non cum dolor aliquis saeptament odis et, sinimpo rrorae numqui cus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ECB728" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Is </w:t>
-[...1162 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Is rernam fugit eum eum versped que voluptatus estrum rest odi omniet volum, sequi que volupist, ipsunt eum eaque volores tecerorrum nemqui con nonet am quae nonsequis aut et ut aliqui nihiliatus nobis est, sitiis aut quaspero qui comnimus sus estium ut quaeper natibus esti omnit et et ra simus dolor molum rem nos ipsam, tore, officiis id ut venet re poreres alictorrovid ent officiis et il min nis am id que aliquam invel exernat urerfer sperit et que non reri tem debitatus eic te excepra tquunt</w:t>
+      </w:r>
       <w:r w:rsidR="00CA2905" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (15, 16)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="353B406A" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Equas</w:t>
-[...314 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Equas venis alit maio. Luptam dolum non cuptio im eum ra dendam consequat aut eaquas et expliaectia doluptaque comnis ium fugita cum corecat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D22F5E7" w14:textId="77777777" w:rsidR="000D0D6E" w:rsidRPr="00F94B88" w:rsidRDefault="00510100" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SONUÇ</w:t>
       </w:r>
       <w:r w:rsidR="00DC279A" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> / CONCLUSION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01407F21" w14:textId="77777777" w:rsidR="00B9246C" w:rsidRPr="00F94B88" w:rsidRDefault="00B9246C" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gendusam</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Gendusam assequiati doloribusam errumque rerorem porepel invelicia nimi, quis que voluptures dolore por molestotatet laceptam, odis mil mos magnimus atem fuga. Ut estemperum hariscipsae sequas etur mo beatem solor aut pora aut laut veniet, tem acepe nistia eaqui temporem exernam, suntem ut eriatquas volorep ereped quatium la conecerum voles nosa pelenet magnateniti dis andant restibus aut et aut aspellore, odit etur re num aborum quatemp oribus sit, aut alit fuga. Nam idus corro intur magnima arum conseditas doluptatin nonsequiscil ide quo eostibusci corem as </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1159 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>expliquodi</w:t>
-[...1304 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>expliquodi sincil ipidel im inctur aritae. Harchilique niminum nimilicta voloreium ad quis repelit mos idicipsanto doluptatibea volupta nis eiur as est, consequunde quiaecabor maionse ndantia spidere voluptati ipidunt aciis mostem con nonsed utecull uptatium hillupt istinit quam reium ra eiciendi non nobit omnim quiae molupta sperate mquibus, utestori te eicti venditam, nullatatet ullacimaio. Bearit etur aut ea quiaspellab imiliqui aut doloreius dem sequibus, voluptatus unt, vernam consequi tem aut omnit et et archita nonsectur aut eum quiatum voluptatem et ommolum, nonesci mperum hilita netur reicaep errunt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2259D128" w14:textId="77777777" w:rsidR="00E60FAB" w:rsidRPr="00F94B88" w:rsidRDefault="00E60FAB" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Çalışmanın Kısıtlılıkları /</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD3C36">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Limitations of the Study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AB9BFE6" w14:textId="77777777" w:rsidR="00E60FAB" w:rsidRPr="00F94B88" w:rsidRDefault="00E60FAB" w:rsidP="00B9246C">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Harchilique</w:t>
-[...1214 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Harchilique niminum nimilicta voloreium ad quis repelit mos idicipsanto doluptatibea volupta nis eiur as est, consequunde quiaecabor maionse ndantia spidere voluptati ipidunt aciis mostem con nonsed utecull uptatium hillupt istinit quam reium ra eiciendi non nobit omnim quiae molupta sperate mquibus, utestori te eicti venditam, nullatatet ullacimaio. Bearit etur aut ea quiaspellab imiliqui aut doloreius dem sequibus, voluptatus unt, vernam consequi tem aut omnit et et archita nonsectur aut eum quiatum voluptatem et ommolum, nonesci mperum hilita netur reicaep errunt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7303D420" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00F94B88" w:rsidRDefault="00510100" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KAYNAKLAR</w:t>
       </w:r>
-      <w:commentRangeStart w:id="19"/>
-      <w:commentRangeEnd w:id="19"/>
+      <w:commentRangeStart w:id="18"/>
+      <w:commentRangeEnd w:id="18"/>
       <w:r w:rsidR="00EF4D52" w:rsidRPr="00F94B88">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...5 lines deleted...]
-        <w:commentReference w:id="19"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="18"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EDB1A1" w14:textId="77777777" w:rsidR="00CA2905" w:rsidRPr="00F94B88" w:rsidRDefault="00CA2905" w:rsidP="00983A14">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -41088,82 +2299,84 @@
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313B5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Kaufman DM, Mann KV, Miujtjens AM, Van der Vleuten CP. A comparison of standard setting procedures for an OSCE in undergraduate medical education. Academic Medicine 2000;75:267-71</w:t>
       </w:r>
-      <w:commentRangeStart w:id="20"/>
+      <w:commentRangeStart w:id="19"/>
       <w:r w:rsidRPr="00313B5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00313B5D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>https://doi.org/10.1097/00001888-200003000-00018</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="20"/>
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:commentRangeEnd w:id="19"/>
+      <w:r w:rsidR="00A50963" w:rsidRPr="00313B5D">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:commentReference w:id="20"/>
+        <w:commentReference w:id="19"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="514F8C77" w14:textId="77777777" w:rsidR="00CA2905" w:rsidRPr="00F94B88" w:rsidRDefault="00CA2905" w:rsidP="00983A14">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -41559,282 +2772,222 @@
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Weisbaum LD. Human sexuality of children and adolescents: a comprehensive training guide for social work professionals [master's thesis]. Long Beach (CA): California State University; 2005. 200 p.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5404BFF1" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
+    <w:p w14:paraId="5404BFF1" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="554457EB" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="50F6059F" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7">
+      <w:pPr>
+        <w:sectPr w:rsidR="008578A7" w:rsidSect="00C44D7D">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
+          <w:lnNumType w:countBy="1" w:restart="continuous"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39EDA445" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="70D86601" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="50F29ABD" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="291CBFE5" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="7881901E" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="3B368DE3" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="65F58908" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="15997D45" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="68C281EA" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="34F756F5" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="3036BD8D" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="5AA0DD77" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="5574105E" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="39EDA445" w14:textId="60A4D5F1" w:rsidR="00184C20" w:rsidRDefault="00184C20"/>
+    <w:p w14:paraId="3E47457C" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="1C4A565E" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="31184536" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="7BF2BD0A" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="2FED55B1" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7"/>
+    <w:p w14:paraId="360C2E8E" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B"/>
     <w:p w14:paraId="6CC3B2FF" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FIGURES &amp; IMAGES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB6C8DD" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00D3322B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44B91C96" wp14:editId="0C8A77A5">
             <wp:extent cx="6120130" cy="3672205"/>
             <wp:effectExtent l="0" t="0" r="13970" b="10795"/>
             <wp:docPr id="1" name="Chart 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2DEFBED-7EE6-444F-8F09-87019920CEE0}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4144933D" w14:textId="178D8757" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00A43447" w:rsidP="00D3322B">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Şekil</w:t>
       </w:r>
-      <w:commentRangeStart w:id="21"/>
-[...3 lines deleted...]
-          <w:rStyle w:val="AklamaBavurusu"/>
+      <w:commentRangeStart w:id="20"/>
+      <w:commentRangeEnd w:id="20"/>
+      <w:r w:rsidR="00D3322B">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="20"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> (Figure)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3322B" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Figure</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3322B" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> dem</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Endem faceperspedi res dem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ED1538A" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F7EC0CE" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:br w:type="page"/>
       </w:r>
@@ -41851,6680 +3004,8954 @@
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="371C9D8E" wp14:editId="5FD5154B">
             <wp:extent cx="6120130" cy="4093845"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="2" name="Picture 2" descr="A picture containing indoor, different&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Picture 2" descr="A picture containing indoor, different&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="screen">
+                    <a:blip r:embed="rId18" cstate="screen">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120130" cy="4093845"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECD289C" w14:textId="7382CB1D" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00A43447" w:rsidP="00F17480">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>Şekil (</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Şekil (Figure)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>Figure</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
+        <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>2</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Ut perspiderio. Itas quas endem aut aut lacium di aut </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="21"/>
+      <w:commentRangeStart w:id="22"/>
       <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-      </w:r>
+        <w:t>optat</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="22"/>
       <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
         <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ut </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:commentReference w:id="22"/>
+      </w:r>
+      <w:commentRangeEnd w:id="21"/>
       <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
         <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t>perspiderio</w:t>
-[...120 lines deleted...]
-        <w:commentReference w:id="23"/>
+        <w:commentReference w:id="21"/>
       </w:r>
       <w:r w:rsidR="00F17480" w:rsidRPr="00F94B88">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F9BE102" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480" w:rsidP="00F17480">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A13D8C7" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480" w:rsidP="00CA2905">
+    <w:p w14:paraId="2A13D8C7" w14:textId="77777777" w:rsidR="00F17480" w:rsidRDefault="00F17480" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="567015F8" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
+    <w:p w14:paraId="094280ED" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:sectPr w:rsidR="008578A7" w:rsidSect="008578A7">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2507B678" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
+    <w:p w14:paraId="45E8511E" w14:textId="77777777" w:rsidR="00C656B3" w:rsidRDefault="00C656B3" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidSect="00BA34FD">
-[...7 lines deleted...]
-        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03EE7867" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E47B4DD" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FB989D0" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F10C77C" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D01CE5" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA1BFB6" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172DDE8E" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37BD2481" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0654381A" w14:textId="77777777" w:rsidR="00C656B3" w:rsidRPr="00F94B88" w:rsidRDefault="00C656B3" w:rsidP="00CA2905">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33EFD83C" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00CA2905">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">TABLOLAR / </w:t>
       </w:r>
       <w:r w:rsidRPr="00F94B88">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>TABLES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134749F2" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TabloKlavuzu"/>
+        <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1825"/>
         <w:gridCol w:w="1312"/>
         <w:gridCol w:w="1862"/>
         <w:gridCol w:w="1012"/>
         <w:gridCol w:w="1160"/>
         <w:gridCol w:w="1161"/>
         <w:gridCol w:w="1296"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00151ED9" w:rsidRPr="00F94B88" w14:paraId="7B52FB29" w14:textId="77777777" w:rsidTr="00F85F25">
+      <w:tr w:rsidR="00151ED9" w:rsidRPr="00F94B88" w14:paraId="7B52FB29" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="30EC7BB7" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRPr="00F94B88" w:rsidRDefault="00151ED9" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="23"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tablo</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="23"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:commentReference w:id="23"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1. Arum facearit fugiaeria simolupta quid </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="24"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mostia</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="24"/>
+            <w:r w:rsidR="00160360" w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:commentReference w:id="24"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="3B394B23" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="397A5260" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B6F7BB" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puditati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4A8605" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ut perspiderio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="3804336D" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pro ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1435ACA0" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nonse nonse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2C294C" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00DA0CA3" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="7610E30B" w14:textId="77777777" w:rsidTr="00C2492B">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2004413A" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5E471ACC" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="68DBDDF2" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="55DE84F3" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549F37AA" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(n)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B276958" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="32014716" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="1F014D3A" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E304DA" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gendusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="203DC962" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D637231" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B20B2FA" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="607F1C13" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0764FD77" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="485C7BAC" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="7F7D8D48" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFC7873" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>facepelic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A5871A" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="603CDA8B" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1998E821" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0E0777" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27413307" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4F625F" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="57C3B2B0" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA1FAE5" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>quibeariosto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7722E0DB" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10191E35" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA8996B" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15126043" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D039B44" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E687100" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="7EF15ED9" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09AAF1CB" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rehenem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0AA2C7" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7913A8AC" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="023ABC69" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="225AA73E" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACEB79E" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3766D475" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="20AE1E72" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD09C94" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>harchictaes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A13830D" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="199766C9" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604EF76C" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5076D23C" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="796C2621" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FFB421" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="2FC1C7DC" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D2C7B1" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>quibusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B43A7B1" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D851BB2" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2684792C" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43294A0D" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="220AAFFD" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0E3988" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D03462" w:rsidRPr="00F94B88" w14:paraId="75072F03" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381D1844" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00DA0CA3" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F38BE45" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE8478A" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>208</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="400D573E" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>276</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD8C4C2" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49011B25" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="00D03462" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7B3E05" w14:textId="77777777" w:rsidR="00D03462" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>854</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00151ED9" w:rsidRPr="00F94B88" w14:paraId="2F863B71" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="30EC7BB7" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRPr="00F94B88" w:rsidRDefault="00151ED9" w:rsidP="000F7F96">
+          </w:tcPr>
+          <w:p w14:paraId="2FA38731" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRPr="00925812" w:rsidRDefault="00925812" w:rsidP="000F7F96">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="24"/>
-[...139 lines deleted...]
-                <w:color w:val="auto"/>
+            <w:r w:rsidRPr="00925812">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:commentReference w:id="25"/>
-[...2512 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">† </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Eşleştirilmiş</w:t>
+            </w:r>
             <w:r w:rsidRPr="00925812">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>†</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">=5.34 p &lt; .005, SD = </w:t>
+              <w:t xml:space="preserve"> testi, t=5.34 p &lt; .005, SD = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>standard deviation</w:t>
             </w:r>
             <w:r w:rsidRPr="00925812">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BA33352" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480" w:rsidP="003F726D">
+    <w:p w14:paraId="4BA33352" w14:textId="77777777" w:rsidR="00F17480" w:rsidRDefault="00F17480" w:rsidP="003F726D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EF49F63" w14:textId="77777777" w:rsidR="004F5A27" w:rsidRDefault="004F5A27">
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="004F5A27" w:rsidSect="004F5A27">
+    <w:p w14:paraId="12FFB080" w14:textId="77777777" w:rsidR="00614A31" w:rsidRDefault="00614A31" w:rsidP="003F726D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30DE357E" w14:textId="77777777" w:rsidR="00614A31" w:rsidRDefault="00614A31" w:rsidP="003F726D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21FA653A" w14:textId="77777777" w:rsidR="00614A31" w:rsidRDefault="00614A31" w:rsidP="003F726D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="790FB180" w14:textId="77777777" w:rsidR="008578A7" w:rsidRDefault="008578A7" w:rsidP="003F726D">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="008578A7" w:rsidSect="008578A7">
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19938790" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480" w:rsidP="003F726D">
+    <w:p w14:paraId="3BF36739" w14:textId="77777777" w:rsidR="00C656B3" w:rsidRPr="00F94B88" w:rsidRDefault="00C656B3" w:rsidP="003F726D">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TabloKlavuzu"/>
+        <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1852"/>
-        <w:gridCol w:w="2691"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1910"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="1935"/>
+        <w:gridCol w:w="2506"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1912"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00151ED9" w:rsidRPr="00F94B88" w14:paraId="463E5A54" w14:textId="77777777" w:rsidTr="004F5A27">
+      <w:tr w:rsidR="00151ED9" w:rsidRPr="00F94B88" w14:paraId="463E5A54" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC456AF" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRPr="00F94B88" w:rsidRDefault="00151ED9" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tablo 2. Equas venis alit </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="25"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>maio</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="25"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:commentReference w:id="25"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="1BD54454" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="611C31CA" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AEF418" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD6EACC" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puditati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FA8925" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ut perspiderio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="106C4628" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pro ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CC2DCC" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nonse nonse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="4805A69A" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="00DA0CA3" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="01FFEC19" w14:textId="77777777" w:rsidTr="00C2492B">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAB10F2" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="40B60A3A" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="22B325A5" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB7E4DC" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="22D3B56C" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE3C07C" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(n)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="725C1D20" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="52D64AC9" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="3AD61149" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="52111DD9" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gender</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B2F276" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gendusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0C8789" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B8778D" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CF1B8B" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B604344" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77016223" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1EE223" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="7D4A5C14" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4161FCAE" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="67276CE9" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>facepelic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8A0E58" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="41552ECB" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF10014" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="679CF367" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B32A53E" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F9E170" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="2029401B" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28BB55AA" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D231E6" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>quibeariosto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD127E9" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F4E9F1" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBF834A" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1C8553" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A33B104" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1AEE00" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="34821457" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="698D17EF" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Marital Status</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="64DC1AA4" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rehenem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF6F837" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9D52BD" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="717BE0C4" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="386AC3AD" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E1A314" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="553A314C" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="2CD8E863" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7D531E60" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C141BB" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>harchictaes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2903A2B0" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B85083E" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0999DEE2" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F084BF5" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C56D743" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8CF67D" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="01228CE7" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1857E2AD" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9FCFF9" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>quibusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FA8E73" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E37A985" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="486F21B1" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6C5CFD" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A384002" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFC6E5C" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="0E9D811D" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="636" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2584265A" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="924" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C01985" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="00DA0CA3" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="664" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="399FEBF4" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="860" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="472BCFB3" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>208</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CBDA9E" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>276</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="058EE261" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="420" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="558F43D5" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="742A1CBD" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>854</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D3322B" w:rsidRPr="00F94B88" w14:paraId="7A4C99FB" w14:textId="77777777" w:rsidTr="00C2492B">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC456AF" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRPr="00F94B88" w:rsidRDefault="00151ED9" w:rsidP="000F7F96">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00F94B88">
+          <w:p w14:paraId="4B6EF227" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRPr="00F94B88" w:rsidRDefault="00D3322B" w:rsidP="00D3322B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">† </w:t>
+            </w:r>
+            <w:r w:rsidR="004F5A27" w:rsidRPr="000A799A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ki-kare testi,</w:t>
+            </w:r>
+            <w:r w:rsidR="00031CE1" w:rsidRPr="000A799A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00F94B88">
+            <w:r w:rsidR="000A799A" w:rsidRPr="00767356">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>χ</w:t>
+            </w:r>
+            <w:r w:rsidR="000A799A" w:rsidRPr="000A799A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000A799A" w:rsidRPr="000A799A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=5.34</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5A27" w:rsidRPr="000A799A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A799A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">p &lt; .005, SD = standart </w:t>
+            </w:r>
+            <w:r w:rsidR="005C7BE7" w:rsidRPr="000A799A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sapma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="67BC2DE3" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39395979" w14:textId="77777777" w:rsidR="00767356" w:rsidRPr="00767356" w:rsidRDefault="00767356" w:rsidP="00767356">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682A4208" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64EF5FD2" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00B40EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E86777" w:rsidSect="008578A7">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47588E12" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00B40EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="148AE490" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00B40EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="455E9B3E" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00E86777">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="PlainTable2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1825"/>
+        <w:gridCol w:w="1312"/>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="1012"/>
+        <w:gridCol w:w="1160"/>
+        <w:gridCol w:w="1161"/>
+        <w:gridCol w:w="1296"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="2E126108" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="59766520" w14:textId="51D09722" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:commentRangeStart w:id="26"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tablo</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="26"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:commentReference w:id="26"/>
+            </w:r>
             <w:r w:rsidRPr="00F94B88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Arum facearit fugiaeria simolupta quid </w:t>
+            </w:r>
+            <w:commentRangeStart w:id="27"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>mostia</w:t>
+            </w:r>
+            <w:commentRangeEnd w:id="27"/>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:commentReference w:id="27"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="1BD54454" w14:textId="77777777" w:rsidTr="004F5A27">
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="6C451C32" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="238"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="122132AC" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA19DE5" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Puditati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="39331084" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ut perspiderio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="770D65E0" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pro ma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="580A3EFB" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>nonse nonse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1EFFB9" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="4F3AF1E0" w14:textId="77777777" w:rsidTr="00647D80">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="pct"/>
-[...30 lines deleted...]
-          <w:p w14:paraId="11AEF418" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="325788A6" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="63222417" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCF73C1" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="44986E15" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C3F399" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="7FD6EACC" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(n)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4664F180" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="72FA8925" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="299188D4" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="517A84C3" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="235DF572" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Gendusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="669DCC6F" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...31 lines deleted...]
-          <w:p w14:paraId="106C4628" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB8BD1A" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...43 lines deleted...]
-          <w:p w14:paraId="24CC2DCC" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="003F726D" w:rsidP="000F7F96">
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="203B752D" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...43 lines deleted...]
-          <w:p w14:paraId="4805A69A" w14:textId="77777777" w:rsidR="003F726D" w:rsidRPr="00F94B88" w:rsidRDefault="00DA0CA3" w:rsidP="000F7F96">
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240AF3F3" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:ind w:right="232"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="533D7862" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78402FE6" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="7AA99587" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64441091" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>facepelic</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="223C81D0" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="064CDB10" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7CA7C3" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="423CD176" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="323C6BBE" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FE23A0" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="3F0CC349" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DA452B" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>quibeariosto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9C5678" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EADF6E3" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12E52C46" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE029AE" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EABF784" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66434DCE" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="605C6CB7" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AC8D20" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rehenem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AEFB03" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E07BA2" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF3ABA7" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="350CE92E" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5A5670" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B2E086" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="35C605E8" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C381DE" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>harchictaes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5A163C" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A13EDE9" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699AF60F" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78DE855F" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BAF8B3F" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="687D9B91" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>171</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="7AEA3FA4" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DD7545" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>quibusam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E87F54" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C699A40" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4F4FD6" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB67C43" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CA0708" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7C9EF0" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>153</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="410442BB" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07986A59" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F94B88">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1312" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D347DDE" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1862" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CDADED" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>208</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9635BD" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>276</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9868ED" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>235</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1161" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FE410F" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1296" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5912CB0B" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:pBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bar w:val="none" w:sz="0" w:color="auto"/>
+              </w:pBdr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> =SUM(ABOVE) </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>854</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94B88">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F726D" w:rsidRPr="00F94B88" w14:paraId="01FFEC19" w14:textId="77777777" w:rsidTr="004F5A27">
-[...2536 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="00E86777" w:rsidRPr="00F94B88" w14:paraId="7A856335" w14:textId="77777777" w:rsidTr="00647D80">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B80E2B0" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00925812" w:rsidRDefault="00E86777" w:rsidP="00647D80">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:right="232"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00925812">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>χ</w:t>
-[...7 lines deleted...]
-                <w:vertAlign w:val="superscript"/>
+              <w:t xml:space="preserve">† </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...55 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Eşleştirilmiş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925812">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> testi, t=5.34 p &lt; .005, SD = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>standard deviation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00925812">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67BC2DE3" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="00F94B88" w:rsidRDefault="00F17480">
+    <w:p w14:paraId="6A3BF052" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00E86777">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="187F7499" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00E86777">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CA8E041" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00E86777">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25B0132D" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00E86777">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="232"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5475C6F6" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidRDefault="00E86777" w:rsidP="00B40EC4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39395979" w14:textId="77777777" w:rsidR="00767356" w:rsidRPr="00767356" w:rsidRDefault="00767356" w:rsidP="00767356">
-[...21 lines deleted...]
-      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+    <w:sectPr w:rsidR="00E86777" w:rsidRPr="00F94B88" w:rsidSect="00E86777">
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:comment w:id="0" w:author="Yazar" w:initials="A">
+  <w:comment w:id="0" w:author="Author" w:initials="A">
     <w:p w14:paraId="79556ACE" w14:textId="77777777" w:rsidR="007F0E4A" w:rsidRDefault="007F0E4A" w:rsidP="007F0E4A">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Lütfen makale türünü belirtiniz: Ör: Araştırma Makalesi, Olgu Sunumu, yahut Derleme</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="1" w:author="Yazar" w:initials="A">
+  <w:comment w:id="1" w:author="Author" w:initials="A">
     <w:p w14:paraId="0C9ECDBE" w14:textId="0F0AB0F8" w:rsidR="00CB2E3F" w:rsidRDefault="00DE3525">
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00CB2E3F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sol taraftaki satır numaralarını lütfen kapatmayınız.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4347B04A" w14:textId="77777777" w:rsidR="00BC47FE" w:rsidRPr="006521BB" w:rsidRDefault="00CB2E3F" w:rsidP="00CB2E3F">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>Bu belgedeki tüm açıklama kutucuklarını araç çubuğunda bulunan Gözden Geçir sekmesindeki yorum silme düğmesinin sağındaki minik oka tıklayarak Bu Belgedeki Tüm Açıklamaları Sil seçeneği ile bir defada kaldırabilirsiniz. Açıklamaları silmeden önce lütfen sonuna kadar okuyunuz.</w:t>
       </w:r>
       <w:r>
         <w:cr/>
         <w:t xml:space="preserve">Açıklamalara göz attıktan sonra tam metni hazırlamak genel olarak daha iyi bir fikirdir. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="2" w:author="Yazar" w:initials="A">
+  <w:comment w:id="4" w:author="Author" w:initials="A">
     <w:p w14:paraId="3042DE8D" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525" w:rsidP="007B149E">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="007B149E">
         <w:t xml:space="preserve">Sadece ilk kelime büyük harfle başlayan, özel isimler hariç diğer kelimeler cümle düzenine göre küçük harfle Türkçe Başlık. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="3" w:author="Yazar" w:initials="A">
+  <w:comment w:id="3" w:author="Author" w:initials="A">
     <w:p w14:paraId="10608EA2" w14:textId="77777777" w:rsidR="00E74825" w:rsidRPr="00E74825" w:rsidRDefault="00E74825" w:rsidP="00117D6A">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="00E74825">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00117D6A">
         <w:t>Makaleye ait  Türkçe ve İngilizce başlık, Türkçe ve İngilizce özet, kısa başlıklar, amaç, yöntem, bulgular, olgu sunumu, tartışma ve sonuç, teşekkür ve kaynaklar ile tablo, şekil ve grafikler dahil makaleye ait tüm kısımlar bu dosyada mevcut olmalıdır. Bu dosya danışmanlara gönderileceği için kör hakemlik ilkeleri gereği hiçbir şekilde yazar, hastane, kuruluş, etik kurul ismi yer almamalıdır.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="4" w:author="Yazar" w:initials="A">
+  <w:comment w:id="2" w:author="Author" w:initials="A">
     <w:p w14:paraId="634C944C" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00D32A64">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00D32A64">
         <w:t xml:space="preserve">Makale başlığının tamamının büyük harflerle yazımından uzak durulmalı, bağlaçlar (ör., ve, ile, de, dahi, ancak, ama, fakat, için, hepsi, hiçbiri) dahil kelimelerin ilk harfleri küçük yazılmalıdır. </w:t>
       </w:r>
       <w:r w:rsidR="00D32A64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Başlıklarda kısaltma kullanılmamasına dikkat edilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="5" w:author="Yazar" w:initials="A">
-[...2 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="5" w:author="Author" w:initials="A">
+    <w:p w14:paraId="7ABFCF07" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525" w:rsidP="007B149E">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00781958">
-        <w:t>Yazınız dizgiye hazırlanırken iç sayfaların başında yer almak üzere 40 karakteri geçmeyecek kısa başlık ekleyiniz.</w:t>
+      <w:r w:rsidR="007B149E">
+        <w:t>Sadece ilk kelime büyük harfle başlayan, özel isimler hariç diğer kelimeler cümle düzenine göre küçük harfle İngilizce Başlık.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="6" w:author="Yazar" w:initials="A">
-[...6 lines deleted...]
-          <w:rStyle w:val="AklamaBavurusu"/>
+  <w:comment w:id="6" w:author="Author" w:initials="A">
+    <w:p w14:paraId="2B7647FD" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00D32A64">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006521BB">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="007B149E">
-        <w:t>Sadece ilk kelime büyük harfle başlayan, özel isimler hariç diğer kelimeler cümle düzenine göre küçük harfle İngilizce Başlık.</w:t>
+      <w:r w:rsidR="00D32A64">
+        <w:t xml:space="preserve">Makale başlığının tamamının büyük harflerle yazımından uzak durulmalı, bağlaçlar (ör., ve, ile, de, dahi, ancak, ama, fakat, için, hepsi, hiçbiri) dahil kelimelerin ilk harfleri küçük yazılmalıdır. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32A64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Başlıklarda kısaltma kullanılmamasına dikkat edilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="Yazar" w:initials="A">
-[...3 lines deleted...]
-      </w:pPr>
+  <w:comment w:id="7" w:author="Author" w:initials="A">
+    <w:p w14:paraId="73B485E8" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00F4505C" w:rsidP="00007312">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00007312">
+        <w:t>Dergiye gönderilen tüm yazılarda Türkçe ve İngilizce özet bulunmalıdır. Özgün araştırma makalelerinin özetleri her bir dil için 250 kelimeden uzun olmamalıdır. Olgu sunumu için üst sınır 150 kelimedir. Araştırma makale özetlerinin (Amaç, Yöntem, Bulgular, Sonuç) şeklinde yapılandırılması gerekmekte olup diğer yazı türlerinin özetleri yapılandırılmamalıdır.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="8" w:author="Author" w:initials="A">
+    <w:p w14:paraId="6F81FCAE" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00AF3116">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="00F4505C">
+        <w:t>Özetin sonunda niteleyici kelime gruplarından oluşan 3 ile 6 arasında anahtar kelime bulunmalıdır.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="006521BB">
-        <w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidR="00D32A64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Başlıklarda kısaltma kullanılmamasına dikkat edilmelidir.</w:t>
+        <w:t>Kısaltmalar anahtar kelime olarak kullanılamazlar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F4505C">
+        <w:t>, bunun yerine açık halleri yazılmalıdır. Alfa, beta, delta gibi Latin alfabesinde bulunmayan harfler açık okunuşlarıyla kullanılmalıdırlar.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Anahtar Kelimelerin ilk harfleri büyük olmalı, birbirinden virgül ile ayrılmalıdır.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Yazar" w:initials="A">
-[...2 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="9" w:author="Author" w:initials="A">
+    <w:p w14:paraId="68C79286" w14:textId="77777777" w:rsidR="00007312" w:rsidRDefault="00007312" w:rsidP="00F94B88">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00007312">
-        <w:t>Dergiye gönderilen tüm yazılarda Türkçe ve İngilizce özet bulunmalıdır. Özgün araştırma makalelerinin özetleri her bir dil için 250 kelimeden uzun olmamalıdır. Olgu sunumu için üst sınır 150 kelimedir. Araştırma makale özetlerinin (Amaç, Yöntem, Bulgular, Sonuç) şeklinde yapılandırılması gerekmekte olup diğer yazı türlerinin özetleri yapılandırılmamalıdır.</w:t>
+      <w:r w:rsidR="00F94B88">
+        <w:t>Yazınızın diline göre diğer dildeki geçersiz başlığı silmelisiniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="9" w:author="Yazar" w:initials="A">
-[...2 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="10" w:author="Author" w:initials="A">
+    <w:p w14:paraId="4B4D0D80" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00F4505C">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00AF3116">
-[...1 lines deleted...]
-          <w:rStyle w:val="AklamaBavurusu"/>
+      <w:r>
+        <w:t>Makale yazımında dikkat edilmesi gereken editoryal konularda ayrıntılı bilgi için lütfen yazar rehberine bakınız.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="12" w:author="Author" w:initials="A">
+    <w:p w14:paraId="660BB3C6" w14:textId="77777777" w:rsidR="0049262A" w:rsidRDefault="0049262A">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00AF3116" w:rsidRPr="00F4505C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00AF3116" w:rsidRPr="006521BB">
+      <w:r w:rsidRPr="0049262A">
+        <w:t xml:space="preserve">Vancouver atıf biçimi ya da yazar-rakam sistemi olarak bilinen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049262A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Kısaltmalar anahtar kelime olarak kullanılamazlar</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Anahtar Kelimelerin ilk harfleri büyük olmalı, birbirinden virgül ile ayrılmalıdır.</w:t>
+        <w:t>Vancouver</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0049262A">
+        <w:t xml:space="preserve"> sisteminde, metin içinde, kaynak listesindeki numaralandırılmış kayıtlara rakamlar ile atıfta bulunulmaktadır. Vancouver biçimi MEDLINE ve PubMed tarafından kullanılmaktadır. Vancouver sistemi ya da Vancouver biçimi isimleri 1978 yılından beri mevcuttur.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="10" w:author="Yazar" w:initials="A">
-[...2 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="11" w:author="Author" w:initials="A">
+    <w:p w14:paraId="69FCAFAF" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00F4505C">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidR="00F94B88">
-        <w:t>Yazınızın diline göre diğer dildeki geçersiz başlığı silmelisiniz.</w:t>
+      <w:r w:rsidRPr="00F4505C">
+        <w:t>Kaynaklar, metin içinde ilk zikredildikleri sıraya göre ardışık olarak numaralandırılmalıdır. Roma rakamlarından kaçınılmalıdır.</w:t>
+      </w:r>
+      <w:r w:rsidR="0049262A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0049262A" w:rsidRPr="0049262A">
+        <w:t>Bir çalışmaya metin içinde birden fazla kez atıfta bulunulması halinde ilk verilen numara, ikinci ve sonraki atıflar için de kullanılmalıdır.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="11" w:author="Yazar" w:initials="A">
-[...2 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="13" w:author="Author" w:initials="A">
+    <w:p w14:paraId="1DECB6FA" w14:textId="77777777" w:rsidR="00AE0F17" w:rsidRDefault="00AE0F17" w:rsidP="00F94B88">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-        <w:t>Makale yazımında dikkat edilmesi gereken editoryal konularda ayrıntılı bilgi için lütfen yazar rehberine bakınız.</w:t>
+      <w:r w:rsidR="00F94B88">
+        <w:t xml:space="preserve">Sistemde yüklenen tam metin dosyası danışmanlara gönderilecek olduğundan dolayı tam metinde bu alanlar </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94B88">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>… Üniversitesi … Hastanesi</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94B88">
+        <w:t xml:space="preserve"> şeklinde körleştirilmelidir. Burada kırmızı ile boyanması sadece dikkatinize sunmak içindir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Yazar" w:initials="A">
-[...2 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="14" w:author="Author" w:initials="A">
+    <w:p w14:paraId="1D34459A" w14:textId="77777777" w:rsidR="00873CBC" w:rsidRDefault="00873CBC" w:rsidP="00873CBC">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidRPr="0049262A">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> sisteminde, metin içinde, kaynak listesindeki numaralandırılmış kayıtlara rakamlar ile atıfta bulunulmaktadır. Vancouver biçimi MEDLINE ve PubMed tarafından kullanılmaktadır. Vancouver sistemi ya da Vancouver biçimi isimleri 1978 yılından beri mevcuttur.</w:t>
+      <w:r>
+        <w:t>Lütfen sadece çalışmanızın tasarımına dair araştırma yöntemi, başvurduğunuz istatistik yöntemlerle ilgili bilgiler veriniz, başka makalelerden yazınızla ilgili olmayan jenerik bölümler eklemeyiniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Yazar" w:initials="A">
-[...6 lines deleted...]
-          <w:rStyle w:val="AklamaBavurusu"/>
+  <w:comment w:id="15" w:author="Author" w:initials="A">
+    <w:p w14:paraId="795EE1EF" w14:textId="77777777" w:rsidR="00EF4D52" w:rsidRPr="006521BB" w:rsidRDefault="00EF4D52" w:rsidP="00873CBC">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006521BB">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r w:rsidRPr="00F4505C">
-[...6 lines deleted...]
-        <w:t>Bir çalışmaya metin içinde birden fazla kez atıfta bulunulması halinde ilk verilen numara, ikinci ve sonraki atıflar için de kullanılmalıdır.</w:t>
+      <w:r w:rsidR="00873CBC">
+        <w:t>Dizgi veya baskı aşamasında hataya meydan vermemek için tablolara ait numaraların parantez içinde belirtilerek (Tablo 1 gibi) tabloların metnin en sonuna yerleştirilmesi gerekmektedir. Tabloların metin içine yerleştirilme sırasına göre numaralandırılması ve her tabloya bir başlık eklenmesi gerekmektedir. Tablo başlıkları kısa ancak izaha gerek duymayacak kadar açık olmalı, okuyucunun tekrar metne dönmeden tablo içeriğini anlamasına imkân verecek ölçüde bilgi içermelidir. Tüm tablolara metin içinde atıfta bulunulmalı, tablodaki her sütuna kısa bir başlık konmalıdır. Tablolarda olgu sayıları (n) ile yüzdelik oranlar (%) aynı hücre içerisinde değil, ayrı sütunlarda belirtilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Yazar" w:initials="A">
-[...44 lines deleted...]
-        <w:pStyle w:val="AklamaMetni"/>
+  <w:comment w:id="16" w:author="Author" w:initials="A">
+    <w:p w14:paraId="480E887B" w14:textId="77777777" w:rsidR="00EF4D52" w:rsidRPr="006521BB" w:rsidRDefault="00EF4D52" w:rsidP="0083614C">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...15 lines deleted...]
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0083614C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2021 yılı itibariyle yeni bir yayın sistemine geçmiş olduğumuzdan yazı içinde yer alan fotoğraf, resim, çizim veya şekillerin ayrı birer dosya halinde sisteme yüklenmesine ihtiyaç kalmamıştır. Ancak yazının mizanpajı sırasında bulanık çıkmaması için fotoğraf veya diğer görüntüleri (X-ray, BT, MR vs) Microsoft Word programında şu şekilde yazınızın içine eklemelisiniz.</w:t>
       </w:r>
       <w:r w:rsidR="0083614C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0083614C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -48533,183 +11960,183 @@
         </w:rPr>
         <w:br/>
         <w:t>Ekle menüsü -- Resimler -- İlgili Resim Dosyası</w:t>
       </w:r>
       <w:r w:rsidR="0083614C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0083614C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
         <w:t>Bilgisayarınızdaki İlgili Resim dosyasını seçerek eklemeli, resim genişliğini 16 cm olarak ayarlamalısınız. Her bir görüntünün (fotoğraf, X-ray, BT, MR veya diğer görüntüler) ayrı ayrı yüklenmesine olan ihtiyaç ortadan kalktığından lütfen yazı gönderim aşamasında sisteme yüklemeyiniz. Sadece tam metnin en sonuna yerleştiriniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="Yazar" w:initials="A">
+  <w:comment w:id="17" w:author="Author" w:initials="A">
     <w:p w14:paraId="7096BDDB" w14:textId="77777777" w:rsidR="00EF4D52" w:rsidRPr="006521BB" w:rsidRDefault="00EF4D52" w:rsidP="00CD3C36">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:t>Şekiller üzerindeki harf, rakam ve simgeler okunaklı ve tutarlı olmalı, baskı için şeklin küçültülmesi halinde okunabilecek ebatta kalmalıdır.</w:t>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:cr/>
         <w:t>Başlıklar ve ayrıntılı açıklamalar şekillerin kendisi üzerinde değil, açıklama altyazılarında belirtilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="19" w:author="Yazar" w:initials="A">
+  <w:comment w:id="18" w:author="Author" w:initials="A">
     <w:p w14:paraId="61FE7F54" w14:textId="77777777" w:rsidR="00C515B2" w:rsidRPr="006521BB" w:rsidRDefault="00EF4D52" w:rsidP="00CD3C36">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:t>Lütfen kaynaklarınızı tıp dergilerinde en sık olarak kullanılan bir atıf biçimi olan Vancouver atıf biçimine göre düzenleyiniz. Burada örnek verilmeyen atıf türleri için Medline internet sayfasında (https://www.nlm.nih.gov/bsd/uniform_requirements.html) mevcut Makale Yazarları için Biçimlendirilmiş Atıf Örneklerini ziyaret edebilirsiniz.</w:t>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:cr/>
         <w:t xml:space="preserve">Dergimizde ve diğer uluslararası dergilerde yayınlanan tüm yazılara atıfta bulunurken kaynak listesine varsa DOİ kaydının eklenmesi gerekmektedir. </w:t>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kaynak listesine DOİ eklenmesine büyük önem vermekteyiz.</w:t>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:cr/>
         <w:t>Kaynakların DOI kayıtlarını sorgulamak için şu sayfayı kullanabilirsiniz;</w:t>
       </w:r>
       <w:r w:rsidR="00CD3C36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="00CD3C36" w:rsidRPr="00006E31">
           <w:rPr>
-            <w:rStyle w:val="Kpr"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://doi.crossref.org/simpleTextQuery</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CD3C36">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="20" w:author="Yazar" w:initials="A">
+  <w:comment w:id="19" w:author="Author" w:initials="A">
     <w:p w14:paraId="7B67B49F" w14:textId="77777777" w:rsidR="00A50963" w:rsidRDefault="00A50963" w:rsidP="004F5A27">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:t xml:space="preserve">Kaynaklara ait bulunan DOI’ler bu biçimde eklenmelidir.  Sadece DOI biçimine dikkat çekmek için boyanmış olup </w:t>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>siz bu şekilde boyamamalısınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Yazar" w:initials="A">
+  <w:comment w:id="20" w:author="Author" w:initials="A">
     <w:p w14:paraId="5489224F" w14:textId="77777777" w:rsidR="00D3322B" w:rsidRDefault="00D3322B" w:rsidP="00D3322B">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Grafikler Word ya da Excel programında oluşturuldukları halleri ile yazıya eklenmeli, görüntü yani fotoğraf olarak eklenmemelidir. Aynı şekilde SPSS programında oluşturulan tablo ve grafikler üzerine farenin sağ tuşuyla tıklanarak Export seçeneği ile Excel veya Word dosya biçiminde dışa aktarılarak eklenebilir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="22" w:author="Yazar" w:initials="A">
+  <w:comment w:id="22" w:author="Author" w:initials="A">
     <w:p w14:paraId="2BF615EE" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="006521BB" w:rsidRDefault="00F17480" w:rsidP="004F5A27">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2021 yılı itibariyle yeni bir yayın sistemine geçmiş olduğumuzdan yazı içinde yer alan fotoğraf, resim, çizim veya şekillerin ayrı birer dosya halinde sisteme yüklenmesine ihtiyaç kalmamıştır. Ancak yazının mizanpajı sırasında bulanık çıkmaması için fotoğraf veya diğer görüntüleri (X-ray, BT, MR vs) Microsoft Word programında şu şekilde yazınızın içine eklemelisiniz.</w:t>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -48718,483 +12145,505 @@
         </w:rPr>
         <w:br/>
         <w:t>Ekle menüsü -- Resimler -- İlgili Resim Dosyası</w:t>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="004F5A27">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:br/>
         <w:t>Bilgisayarınızdaki İlgili Resim dosyasını seçerek eklemeli, resim genişliğini 16 cm olarak ayarlamalısınız. Her bir görüntünün (fotoğraf, X-ray, BT, MR veya diğer görüntüler) ayrı ayrı yüklenmesine olan ihtiyaç ortadan kalktığından lütfen yazı gönderim aşamasında sisteme yüklemeyiniz. Sadece tam metnin en sonuna yerleştiriniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="23" w:author="Yazar" w:initials="A">
+  <w:comment w:id="21" w:author="Author" w:initials="A">
     <w:p w14:paraId="1AB40E26" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="006521BB" w:rsidRDefault="00F17480" w:rsidP="00F17480">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
-[...5 lines deleted...]
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Şekiller üzerindeki harf, rakam ve simgeler okunaklı ve tutarlı olmalı, baskı için şeklin küçültülmesi halinde okunabilecek ebatta kalmalıdır.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088F949C" w14:textId="77777777" w:rsidR="00F17480" w:rsidRPr="006521BB" w:rsidRDefault="00F17480" w:rsidP="00F17480">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Başlıklar ve ayrıntılı açıklamalar şekillerin kendisi üzerinde değil, açıklama yazılarında belirtilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="24" w:author="Yazar" w:initials="A">
+  <w:comment w:id="23" w:author="Author" w:initials="A">
     <w:p w14:paraId="0744DF1F" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRPr="006521BB" w:rsidRDefault="00151ED9" w:rsidP="00151ED9">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Dizgi veya baskı aşamasında hataya meydan vermemek için tabloların parantez içinde belirtilerek (Tablo 1 gibi) metin sonuna yerleştirilmesi gerekmektedir. Tabloların metin içine yerleştirilme sırasına göre numaralandırılması ve her tabloya bir başlık eklenmesi gerekmektedir. Tablo başlıkları kısa ancak izaha gerek duymayacak kadar açık olmalı, okuyucunun tekrar metne dönmeden tablo içeriğini anlamasına imkân verecek ölçüde bilgi içermelidir. Tüm tablolara metin içinde atıfta bulunulmalı, tablodaki her sütuna kısa bir başlık konmalıdır. Tablolarda olgu sayıları (n) ile yüzdelik oranlar (%) aynı hücre içerisinde değil, ayrı sütunlarda belirtilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="25" w:author="Yazar" w:initials="A">
+  <w:comment w:id="24" w:author="Author" w:initials="A">
     <w:p w14:paraId="78304F72" w14:textId="77777777" w:rsidR="00160360" w:rsidRDefault="00160360" w:rsidP="00160360">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Tablolar, Word ya da Excel programında oluşturuldukları halleri ile yazıya eklenmeli, görüntü yani fotoğraf olarak eklenmemelidir. Aynı şekilde SPSS programında oluşturulan tablo ve grafikler üzerine farenin sağ tuşuyla tıklanarak Export seçeneği ile Excel veya Word dosya biçiminde dışa aktarılarak eklenebilir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="26" w:author="Yazar" w:initials="A">
+  <w:comment w:id="25" w:author="Author" w:initials="A">
     <w:p w14:paraId="7064C88A" w14:textId="77777777" w:rsidR="00151ED9" w:rsidRDefault="00151ED9" w:rsidP="00160360">
       <w:pPr>
-        <w:pStyle w:val="AklamaMetni"/>
+        <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="AklamaBavurusu"/>
+          <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00160360">
+        <w:t>Tablolar, Word ya da Excel programında oluşturuldukları halleri ile yazıya eklenmeli, görüntü yani fotoğraf olarak eklenmemelidir. Aynı şekilde SPSS programında oluşturulan tablo ve grafikler üzerine farenin sağ tuşuyla tıklanarak Export seçeneği ile Excel veya Word dosya biçiminde dışa aktarılarak eklenebilir.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="26" w:author="Author" w:initials="A">
+    <w:p w14:paraId="6EDC7F09" w14:textId="77777777" w:rsidR="00E86777" w:rsidRPr="006521BB" w:rsidRDefault="00E86777" w:rsidP="00151ED9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006521BB">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidRPr="006521BB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Dizgi veya baskı aşamasında hataya meydan vermemek için tabloların parantez içinde belirtilerek (Tablo 1 gibi) metin sonuna yerleştirilmesi gerekmektedir. Tabloların metin içine yerleştirilme sırasına göre numaralandırılması ve her tabloya bir başlık eklenmesi gerekmektedir. Tablo başlıkları kısa ancak izaha gerek duymayacak kadar açık olmalı, okuyucunun tekrar metne dönmeden tablo içeriğini anlamasına imkân verecek ölçüde bilgi içermelidir. Tüm tablolara metin içinde atıfta bulunulmalı, tablodaki her sütuna kısa bir başlık konmalıdır. Tablolarda olgu sayıları (n) ile yüzdelik oranlar (%) aynı hücre içerisinde değil, ayrı sütunlarda belirtilmelidir.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="27" w:author="Author" w:initials="A">
+    <w:p w14:paraId="1C02665F" w14:textId="77777777" w:rsidR="00E86777" w:rsidRDefault="00E86777" w:rsidP="00160360">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
         <w:t>Tablolar, Word ya da Excel programında oluşturuldukları halleri ile yazıya eklenmeli, görüntü yani fotoğraf olarak eklenmemelidir. Aynı şekilde SPSS programında oluşturulan tablo ve grafikler üzerine farenin sağ tuşuyla tıklanarak Export seçeneği ile Excel veya Word dosya biçiminde dışa aktarılarak eklenebilir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="79556ACE" w15:done="0"/>
   <w15:commentEx w15:paraId="4347B04A" w15:done="0"/>
   <w15:commentEx w15:paraId="3042DE8D" w15:done="0"/>
   <w15:commentEx w15:paraId="10608EA2" w15:done="0"/>
   <w15:commentEx w15:paraId="634C944C" w15:done="0"/>
-  <w15:commentEx w15:paraId="0BE21156" w15:done="0"/>
   <w15:commentEx w15:paraId="7ABFCF07" w15:done="0"/>
   <w15:commentEx w15:paraId="2B7647FD" w15:done="0"/>
   <w15:commentEx w15:paraId="73B485E8" w15:done="0"/>
   <w15:commentEx w15:paraId="6F81FCAE" w15:done="0"/>
   <w15:commentEx w15:paraId="68C79286" w15:done="0"/>
   <w15:commentEx w15:paraId="4B4D0D80" w15:done="0"/>
   <w15:commentEx w15:paraId="660BB3C6" w15:done="0"/>
   <w15:commentEx w15:paraId="69FCAFAF" w15:done="0"/>
   <w15:commentEx w15:paraId="1DECB6FA" w15:done="0"/>
   <w15:commentEx w15:paraId="1D34459A" w15:done="0"/>
   <w15:commentEx w15:paraId="795EE1EF" w15:done="0"/>
   <w15:commentEx w15:paraId="480E887B" w15:done="0"/>
   <w15:commentEx w15:paraId="7096BDDB" w15:done="0"/>
   <w15:commentEx w15:paraId="61FE7F54" w15:done="0"/>
   <w15:commentEx w15:paraId="7B67B49F" w15:done="0"/>
   <w15:commentEx w15:paraId="5489224F" w15:done="0"/>
   <w15:commentEx w15:paraId="2BF615EE" w15:done="0"/>
   <w15:commentEx w15:paraId="088F949C" w15:done="0"/>
   <w15:commentEx w15:paraId="0744DF1F" w15:done="0"/>
   <w15:commentEx w15:paraId="78304F72" w15:done="0"/>
   <w15:commentEx w15:paraId="7064C88A" w15:done="0"/>
+  <w15:commentEx w15:paraId="6EDC7F09" w15:done="0"/>
+  <w15:commentEx w15:paraId="1C02665F" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="79556ACE" w16cid:durableId="56912178"/>
   <w16cid:commentId w16cid:paraId="4347B04A" w16cid:durableId="2094AFFE"/>
   <w16cid:commentId w16cid:paraId="3042DE8D" w16cid:durableId="2094B0AD"/>
   <w16cid:commentId w16cid:paraId="10608EA2" w16cid:durableId="2098BFEC"/>
   <w16cid:commentId w16cid:paraId="634C944C" w16cid:durableId="2094B0BE"/>
-  <w16cid:commentId w16cid:paraId="0BE21156" w16cid:durableId="25453F1E"/>
   <w16cid:commentId w16cid:paraId="7ABFCF07" w16cid:durableId="2094B0C8"/>
   <w16cid:commentId w16cid:paraId="2B7647FD" w16cid:durableId="2094B0D0"/>
   <w16cid:commentId w16cid:paraId="73B485E8" w16cid:durableId="2094B4B4"/>
   <w16cid:commentId w16cid:paraId="6F81FCAE" w16cid:durableId="2094B559"/>
   <w16cid:commentId w16cid:paraId="68C79286" w16cid:durableId="25A41915"/>
   <w16cid:commentId w16cid:paraId="4B4D0D80" w16cid:durableId="2094B5AB"/>
   <w16cid:commentId w16cid:paraId="660BB3C6" w16cid:durableId="2094B6BB"/>
   <w16cid:commentId w16cid:paraId="69FCAFAF" w16cid:durableId="2094B658"/>
   <w16cid:commentId w16cid:paraId="1DECB6FA" w16cid:durableId="2094BEF3"/>
   <w16cid:commentId w16cid:paraId="1D34459A" w16cid:durableId="25A41AAF"/>
   <w16cid:commentId w16cid:paraId="795EE1EF" w16cid:durableId="2094B72B"/>
   <w16cid:commentId w16cid:paraId="480E887B" w16cid:durableId="2094B7A0"/>
   <w16cid:commentId w16cid:paraId="7096BDDB" w16cid:durableId="2094B825"/>
   <w16cid:commentId w16cid:paraId="61FE7F54" w16cid:durableId="2094EEF1"/>
   <w16cid:commentId w16cid:paraId="7B67B49F" w16cid:durableId="25A41E7E"/>
   <w16cid:commentId w16cid:paraId="5489224F" w16cid:durableId="2094BB10"/>
   <w16cid:commentId w16cid:paraId="2BF615EE" w16cid:durableId="2094BC7B"/>
   <w16cid:commentId w16cid:paraId="088F949C" w16cid:durableId="2094BC8F"/>
   <w16cid:commentId w16cid:paraId="0744DF1F" w16cid:durableId="2094B97F"/>
   <w16cid:commentId w16cid:paraId="78304F72" w16cid:durableId="25A4270A"/>
   <w16cid:commentId w16cid:paraId="7064C88A" w16cid:durableId="2094BC2D"/>
+  <w16cid:commentId w16cid:paraId="6EDC7F09" w16cid:durableId="1480A6DE"/>
+  <w16cid:commentId w16cid:paraId="1C02665F" w16cid:durableId="7D7186BE"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D392749" w14:textId="77777777" w:rsidR="006301F7" w:rsidRDefault="006301F7">
+    <w:p w14:paraId="6824CCC2" w14:textId="77777777" w:rsidR="001D1D49" w:rsidRDefault="001D1D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B95CBDC" w14:textId="77777777" w:rsidR="006301F7" w:rsidRDefault="006301F7">
+    <w:p w14:paraId="59C15038" w14:textId="77777777" w:rsidR="001D1D49" w:rsidRDefault="001D1D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:altName w:val="Corbel"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Heuristica Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Heuristica Regular">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Heuristica"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="SayfaNumaras"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="165518835"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="6918B362" w14:textId="77777777" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DD4A6E">
         <w:pPr>
-          <w:pStyle w:val="AltBilgi"/>
+          <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="73A6A4DA" w14:textId="77777777" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DA0CEC">
     <w:pPr>
-      <w:pStyle w:val="AltBilgi"/>
+      <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
-        <w:rStyle w:val="SayfaNumaras"/>
+        <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1167328686"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="74111196" w14:textId="77777777" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DD4A6E">
+      <w:p w14:paraId="74111196" w14:textId="0438A810" w:rsidR="00DA0CEC" w:rsidRDefault="00DA0CEC" w:rsidP="00DD4A6E">
         <w:pPr>
-          <w:pStyle w:val="AltBilgi"/>
+          <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="SayfaNumaras"/>
+            <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4DDCAD50" w14:textId="64C29908" w:rsidR="00126C66" w:rsidRPr="003C04EB" w:rsidRDefault="003C04EB" w:rsidP="00DA0CEC">
+  <w:p w14:paraId="4DDCAD50" w14:textId="392239A9" w:rsidR="00126C66" w:rsidRPr="003C04EB" w:rsidRDefault="007034C2" w:rsidP="007034C2">
     <w:pPr>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="007034C2">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Form Rev. 1.</w:t>
+      <w:t>Form Rev. 1.12/11.02.2026</w:t>
     </w:r>
-    <w:r w:rsidR="0019144F">
-[...54 lines deleted...]
-    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4087598E" w14:textId="77777777" w:rsidR="007034C2" w:rsidRDefault="007034C2">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14E5999D" w14:textId="77777777" w:rsidR="006301F7" w:rsidRDefault="006301F7">
+    <w:p w14:paraId="3B05523C" w14:textId="77777777" w:rsidR="001D1D49" w:rsidRDefault="001D1D49">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67E38B7D" w14:textId="77777777" w:rsidR="006301F7" w:rsidRDefault="006301F7">
+    <w:p w14:paraId="20FDEFAD" w14:textId="77777777" w:rsidR="001D1D49" w:rsidRDefault="001D1D49">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B1768E9" w14:textId="77777777" w:rsidR="007034C2" w:rsidRDefault="007034C2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57FF3F9D" w14:textId="77777777" w:rsidR="007034C2" w:rsidRDefault="007034C2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69EC5EE3" w14:textId="77777777" w:rsidR="007034C2" w:rsidRDefault="007034C2">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E565E60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFE4370C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -49430,232 +12879,258 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1527911873">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1817531508">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="325868495">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A499F"/>
     <w:rsid w:val="00007312"/>
     <w:rsid w:val="000226C9"/>
     <w:rsid w:val="000266B0"/>
     <w:rsid w:val="00031B58"/>
     <w:rsid w:val="00031CE1"/>
     <w:rsid w:val="00040EF7"/>
     <w:rsid w:val="00052151"/>
     <w:rsid w:val="00064778"/>
     <w:rsid w:val="000947BE"/>
     <w:rsid w:val="000A0833"/>
     <w:rsid w:val="000A799A"/>
     <w:rsid w:val="000D0D6E"/>
     <w:rsid w:val="000E1E95"/>
     <w:rsid w:val="000F7F96"/>
     <w:rsid w:val="00117D6A"/>
     <w:rsid w:val="00126C66"/>
     <w:rsid w:val="001479FA"/>
     <w:rsid w:val="00151ED9"/>
     <w:rsid w:val="00160360"/>
+    <w:rsid w:val="00184C20"/>
     <w:rsid w:val="0019144F"/>
     <w:rsid w:val="00196AFF"/>
     <w:rsid w:val="001B14FD"/>
+    <w:rsid w:val="001B2953"/>
     <w:rsid w:val="001C5D75"/>
+    <w:rsid w:val="001D1D49"/>
     <w:rsid w:val="001D3887"/>
     <w:rsid w:val="001E0F1A"/>
     <w:rsid w:val="001F579E"/>
     <w:rsid w:val="001F7E19"/>
     <w:rsid w:val="00205077"/>
     <w:rsid w:val="0022195B"/>
     <w:rsid w:val="002250E2"/>
     <w:rsid w:val="002707EF"/>
     <w:rsid w:val="00282DEF"/>
     <w:rsid w:val="002B24B9"/>
     <w:rsid w:val="002C0950"/>
     <w:rsid w:val="002C15E6"/>
     <w:rsid w:val="002C210E"/>
     <w:rsid w:val="00300F8B"/>
     <w:rsid w:val="00313B5D"/>
     <w:rsid w:val="00333CEE"/>
+    <w:rsid w:val="00343D3A"/>
+    <w:rsid w:val="0036795B"/>
     <w:rsid w:val="003A540E"/>
     <w:rsid w:val="003C04EB"/>
     <w:rsid w:val="003F26E8"/>
     <w:rsid w:val="003F726D"/>
     <w:rsid w:val="004306C1"/>
     <w:rsid w:val="004368E9"/>
     <w:rsid w:val="004471D6"/>
     <w:rsid w:val="0048093A"/>
     <w:rsid w:val="0049262A"/>
     <w:rsid w:val="004A5750"/>
     <w:rsid w:val="004F4839"/>
     <w:rsid w:val="004F5A27"/>
     <w:rsid w:val="004F7954"/>
     <w:rsid w:val="00510100"/>
     <w:rsid w:val="00582301"/>
     <w:rsid w:val="00590368"/>
     <w:rsid w:val="005C7BE7"/>
     <w:rsid w:val="005F2F25"/>
+    <w:rsid w:val="00614A31"/>
     <w:rsid w:val="006301F7"/>
     <w:rsid w:val="0063508C"/>
+    <w:rsid w:val="00641C97"/>
     <w:rsid w:val="00642F52"/>
     <w:rsid w:val="006521BB"/>
     <w:rsid w:val="006644D5"/>
     <w:rsid w:val="00665F6A"/>
     <w:rsid w:val="00692F97"/>
     <w:rsid w:val="006F04F2"/>
+    <w:rsid w:val="007034C2"/>
     <w:rsid w:val="007221C8"/>
     <w:rsid w:val="00767356"/>
     <w:rsid w:val="00781958"/>
     <w:rsid w:val="0079203A"/>
     <w:rsid w:val="00793BC4"/>
     <w:rsid w:val="007B149E"/>
     <w:rsid w:val="007E1F1D"/>
     <w:rsid w:val="007F0E4A"/>
+    <w:rsid w:val="008011DD"/>
+    <w:rsid w:val="00824630"/>
     <w:rsid w:val="0083614C"/>
+    <w:rsid w:val="00845FC5"/>
+    <w:rsid w:val="008578A7"/>
     <w:rsid w:val="00863887"/>
     <w:rsid w:val="00873CBC"/>
+    <w:rsid w:val="008A0816"/>
     <w:rsid w:val="008B1619"/>
     <w:rsid w:val="008B3D4A"/>
     <w:rsid w:val="00925812"/>
     <w:rsid w:val="00953187"/>
     <w:rsid w:val="00956171"/>
     <w:rsid w:val="00962998"/>
     <w:rsid w:val="00973A13"/>
     <w:rsid w:val="00983A14"/>
     <w:rsid w:val="009A499F"/>
     <w:rsid w:val="009F247A"/>
     <w:rsid w:val="009F2F4D"/>
     <w:rsid w:val="00A10BA8"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A43447"/>
     <w:rsid w:val="00A50963"/>
     <w:rsid w:val="00A6094B"/>
     <w:rsid w:val="00AE0F17"/>
     <w:rsid w:val="00AF3116"/>
+    <w:rsid w:val="00B334F4"/>
     <w:rsid w:val="00B34B93"/>
     <w:rsid w:val="00B40EC4"/>
     <w:rsid w:val="00B9246C"/>
     <w:rsid w:val="00BA34FD"/>
     <w:rsid w:val="00BA68FE"/>
     <w:rsid w:val="00BC47FE"/>
     <w:rsid w:val="00BD1805"/>
     <w:rsid w:val="00C040CF"/>
+    <w:rsid w:val="00C125EC"/>
+    <w:rsid w:val="00C2492B"/>
+    <w:rsid w:val="00C448B3"/>
+    <w:rsid w:val="00C44D7D"/>
     <w:rsid w:val="00C515B2"/>
+    <w:rsid w:val="00C656B3"/>
+    <w:rsid w:val="00C7250B"/>
+    <w:rsid w:val="00C738F0"/>
     <w:rsid w:val="00CA2905"/>
     <w:rsid w:val="00CA2D3F"/>
     <w:rsid w:val="00CB2E3F"/>
     <w:rsid w:val="00CD3C36"/>
     <w:rsid w:val="00CD61F3"/>
     <w:rsid w:val="00CF14C8"/>
     <w:rsid w:val="00D03462"/>
     <w:rsid w:val="00D32A64"/>
     <w:rsid w:val="00D3322B"/>
     <w:rsid w:val="00D47F6C"/>
     <w:rsid w:val="00D505DD"/>
+    <w:rsid w:val="00D54ABF"/>
     <w:rsid w:val="00D830F3"/>
     <w:rsid w:val="00D92BF8"/>
     <w:rsid w:val="00DA0CA3"/>
     <w:rsid w:val="00DA0CEC"/>
     <w:rsid w:val="00DC279A"/>
     <w:rsid w:val="00DE3525"/>
     <w:rsid w:val="00E14308"/>
     <w:rsid w:val="00E60FAB"/>
     <w:rsid w:val="00E6112E"/>
     <w:rsid w:val="00E74825"/>
+    <w:rsid w:val="00E86777"/>
     <w:rsid w:val="00E91E34"/>
     <w:rsid w:val="00EE00B9"/>
     <w:rsid w:val="00EF4D52"/>
     <w:rsid w:val="00F16DF5"/>
     <w:rsid w:val="00F17480"/>
     <w:rsid w:val="00F4505C"/>
     <w:rsid w:val="00F53842"/>
     <w:rsid w:val="00F62760"/>
     <w:rsid w:val="00F920DE"/>
     <w:rsid w:val="00F94B88"/>
+    <w:rsid w:val="00FB7D5B"/>
     <w:rsid w:val="00FC39BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="25FADA1A"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -50030,385 +13505,462 @@
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaMetni">
+  <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AklamaMetniChar"/>
+    <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaMetniChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="AklamaBavurusu">
+  <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalonMetniChar"/>
+    <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-[...2 lines deleted...]
-    <w:link w:val="BalonMetni"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AklamaKonusu">
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="AklamaMetni"/>
-[...1 lines deleted...]
-    <w:link w:val="AklamaKonusuChar"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AklamaKonusuChar">
-[...2 lines deleted...]
-    <w:link w:val="AklamaKonusu"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00282DEF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
+  <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="NormalTablo"/>
+    <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00D03462"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Dzeltme">
+  <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000226C9"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bar w:val="none" w:sz="0" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="AltBilgi">
+  <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltBilgiChar"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA0CEC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="AltBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA0CEC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SayfaNumaras">
+  <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA0CEC"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stBilgi">
+  <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stBilgiChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C04EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
-[...2 lines deleted...]
-    <w:link w:val="stBilgi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C04EB"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zmlenmeyenBahsetme">
+  <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C515B2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="zlenenKpr">
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C515B2"/>
     <w:rPr>
       <w:color w:val="FF00FF" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00313B5D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="YerTutucuMetni">
+  <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00031CE1"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SatrNumaras">
+  <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA34FD"/>
   </w:style>
-  <w:style w:type="character" w:styleId="GlVurgulama">
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00A43447"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="GlAlnt">
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="GlAlntChar"/>
+    <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00A43447"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="00A2FF" w:themeColor="accent1"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="00A2FF" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="GlAlntChar">
-[...2 lines deleted...]
-    <w:link w:val="GlAlnt"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00A43447"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="42"/>
+    <w:rsid w:val="00C2492B"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41708446">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="510724460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -50526,61 +14078,61 @@
     </w:div>
     <w:div w:id="1904173334">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.crossref.org/simpleTextQuery" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Book1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="tr-TR"/>
+  <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
@@ -52890,77 +16442,93 @@
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:uFillTx/>
           </a:defRPr>
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47D61D56-10BC-4114-8143-167D4DE37194}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3398</Words>
-  <Characters>18796</Characters>
+  <Words>3375</Words>
+  <Characters>19244</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>427</Lines>
-  <Paragraphs>228</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21966</CharactersWithSpaces>
+  <CharactersWithSpaces>22574</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>