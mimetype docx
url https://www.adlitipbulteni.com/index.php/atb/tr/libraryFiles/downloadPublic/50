--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -5,306 +5,348 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="12CFD5CA" w14:textId="2C0FDAEA" w:rsidR="000E1E95" w:rsidRPr="006F2BC8" w:rsidRDefault="00404F31" w:rsidP="00404F31">
       <w:pPr>
         <w:pStyle w:val="IntenseQuote"/>
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F2BC8">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">Adli Tıp Bülteni </w:t>
       </w:r>
       <w:r w:rsidR="00411E37" w:rsidRPr="006F2BC8">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Başlık</w:t>
       </w:r>
       <w:r w:rsidR="00E6653D" w:rsidRPr="006F2BC8">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sayfası</w:t>
       </w:r>
       <w:r w:rsidR="000E1E95" w:rsidRPr="006F2BC8">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Taslağı</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A496300" w14:textId="77777777" w:rsidR="000E1E95" w:rsidRPr="00A6094B" w:rsidRDefault="000E1E95" w:rsidP="004F7954">
+    <w:p w14:paraId="1F689655" w14:textId="77777777" w:rsidR="00CA7626" w:rsidRPr="00F94B88" w:rsidRDefault="00CA7626" w:rsidP="00CA7626">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:commentRangeStart w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Makale Türü</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7C67CED0" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00D32A64" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ibeaquid</w:t>
       </w:r>
-      <w:commentRangeStart w:id="0"/>
-      <w:commentRangeEnd w:id="0"/>
+      <w:commentRangeStart w:id="1"/>
+      <w:commentRangeEnd w:id="1"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="0"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que nonet ut faccum ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat</w:t>
       </w:r>
-      <w:commentRangeStart w:id="1"/>
       <w:commentRangeStart w:id="2"/>
       <w:commentRangeStart w:id="3"/>
-      <w:commentRangeEnd w:id="1"/>
+      <w:commentRangeStart w:id="4"/>
+      <w:commentRangeEnd w:id="4"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-      <w:commentRangeEnd w:id="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
+      </w:r>
       <w:commentRangeEnd w:id="3"/>
       <w:r w:rsidR="00E74825" w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="3"/>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00D32A64">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="00DE3525" w:rsidRPr="00D32A64">
+    </w:p>
+    <w:p w14:paraId="3575FD45" w14:textId="77777777" w:rsidR="00126C66" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="5"/>
+      <w:r w:rsidRPr="00D32A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kısa</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="5"/>
+      <w:r w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="3575FD45" w14:textId="77777777" w:rsidR="00126C66" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidRPr="00D32A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Başlık: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC279A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>beaquid que nonet ut faccum ani con</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A8215B7" w14:textId="77777777" w:rsidR="00B8620B" w:rsidRPr="00D32A64" w:rsidRDefault="00B8620B" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="3B87B232" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00D32A64" w:rsidRDefault="00D32A64" w:rsidP="004F7954">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D32A64">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t>Ibeaquid</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> que nonet ut faccum ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat</w:t>
       </w:r>
       <w:commentRangeStart w:id="6"/>
       <w:commentRangeEnd w:id="6"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:commentReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00D32A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que nonet ut faccum ani con porrovide consequia natio et eum eatus expe estrum fugiamet landa acepudi blat is con consecat</w:t>
+      </w:r>
+      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeEnd w:id="7"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00D32A64">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:commentReference w:id="7"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCC0227" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00D32A64" w:rsidRDefault="00D32A64" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32A64">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Running Title: </w:t>
       </w:r>
@@ -327,175 +369,174 @@
         <w:t>beaquid que nonet ut faccum ani con</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307B71C7" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="00126C66" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AC8B072" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="7"/>
+      <w:commentRangeStart w:id="8"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dolupta</w:t>
-      </w:r>
-[...58 lines deleted...]
-        <w:t>Quaes</w:t>
       </w:r>
       <w:commentRangeEnd w:id="8"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:commentReference w:id="8"/>
+      </w:r>
+      <w:r w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00282DEF" w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Voloritis Eos, Quiberum Voluptam</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00282DEF" w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qui </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="9"/>
+      <w:r w:rsidR="00282DEF" w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Quaes</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="9"/>
+      <w:r w:rsidR="00DE3525" w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="9"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5025AE06" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="00126C66" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50920740" w14:textId="31C4F9FD" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="004F7954">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="9"/>
+      <w:commentRangeStart w:id="10"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOI</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="9"/>
+      <w:commentRangeEnd w:id="10"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="9"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="10"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10.179</w:t>
       </w:r>
       <w:r w:rsidR="00404F31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -528,69 +569,68 @@
     </w:p>
     <w:p w14:paraId="0D2D11BF" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="00126C66" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="150E8AA8" w14:textId="77777777" w:rsidR="00CE3691" w:rsidRDefault="002C0950" w:rsidP="00C82469">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="10"/>
+      <w:commentRangeStart w:id="11"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dolupta</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="10"/>
+      <w:commentRangeEnd w:id="11"/>
       <w:r w:rsidR="00DE3525" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Voloritis Eos: Hatay Mustafa Kemal Üniversitesi Tayfur Ata Sökmen Tıp Fakültesi, Adli Tıp anabilim Dalı, Hatay</w:t>
       </w:r>
       <w:r w:rsidR="00B8620B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Türkiye</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EA0055" w14:textId="77777777" w:rsidR="00CE3691" w:rsidRDefault="002C0950" w:rsidP="00C82469">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -921,71 +961,72 @@
       <w:r w:rsidR="00C82469" w:rsidRPr="00C82469">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Interest</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A15446A" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="11"/>
+      <w:commentRangeStart w:id="12"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Çıkar</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="11"/>
+      <w:commentRangeEnd w:id="12"/>
       <w:r w:rsidR="003A540E" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="11"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> çatışması olmadığına dair kişisel ifade örneği: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CEE85ED" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
@@ -1021,80 +1062,81 @@
     <w:p w14:paraId="649A9843" w14:textId="77777777" w:rsidR="00A361C1" w:rsidRPr="00A6094B" w:rsidRDefault="00A361C1" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19D02FD0" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="12"/>
+      <w:commentRangeStart w:id="13"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Muhtemel</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="12"/>
+      <w:commentRangeEnd w:id="13"/>
       <w:r w:rsidR="003A540E" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:commentReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00A6094B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> bir çıkar çatışması bildirimine dair kişisel ifade örneği: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C7007F" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[X]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
@@ -1133,71 +1175,72 @@
     <w:p w14:paraId="2F45CDA0" w14:textId="77777777" w:rsidR="00642F52" w:rsidRPr="00A6094B" w:rsidRDefault="00642F52" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23EE3CEE" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00C82469" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Bold" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="13"/>
+      <w:commentRangeStart w:id="14"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Finansal</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="13"/>
+      <w:commentRangeEnd w:id="14"/>
       <w:r w:rsidR="00590368" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="13"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="14"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Destek/</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47F6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Support Resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A44D15" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
@@ -1341,69 +1384,72 @@
     <w:p w14:paraId="399E7B2F" w14:textId="77777777" w:rsidR="00126C66" w:rsidRDefault="00126C66" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE89304" w14:textId="77777777" w:rsidR="00246843" w:rsidRPr="00246843" w:rsidRDefault="00246843" w:rsidP="00246843">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="14"/>
+      <w:commentRangeStart w:id="15"/>
       <w:r w:rsidRPr="00246843">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tebliğ</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="14"/>
+      <w:commentRangeEnd w:id="15"/>
       <w:r w:rsidRPr="00246843">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="14"/>
+          <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="15"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="685CCB3B" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[X]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
@@ -1503,69 +1549,68 @@
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bildiri</w:t>
       </w:r>
       <w:r w:rsidR="00E60FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/poster</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> olarak </w:t>
       </w:r>
-      <w:commentRangeStart w:id="15"/>
+      <w:commentRangeStart w:id="16"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sunulmuştur</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="15"/>
+      <w:commentRangeEnd w:id="16"/>
       <w:r w:rsidR="00590368" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="16"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AED7AE9" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00E60FAB" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1808,69 +1853,68 @@
       </w:r>
       <w:r w:rsidR="00BD1805" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tıpta Uzmanlık / </w:t>
       </w:r>
       <w:r w:rsidR="00E60FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Doktora / </w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Yüksek Lisans Tezinin yeniden düzenlenmesi ile </w:t>
       </w:r>
-      <w:commentRangeStart w:id="16"/>
+      <w:commentRangeStart w:id="17"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oluşturulmuştur</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="16"/>
+      <w:commentRangeEnd w:id="17"/>
       <w:r w:rsidR="00590368" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="17"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="728D99C2" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00E60FAB" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E60FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1967,72 +2011,74 @@
     <w:p w14:paraId="3D50983E" w14:textId="77777777" w:rsidR="008B1619" w:rsidRPr="00A6094B" w:rsidRDefault="008B1619" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57ED6A99" w14:textId="77777777" w:rsidR="00BD1805" w:rsidRPr="00A6094B" w:rsidRDefault="00BD1805" w:rsidP="00BD1805">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="17"/>
+      <w:commentRangeStart w:id="18"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Etik Beyan/Ethical Declaration</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="17"/>
+      <w:commentRangeEnd w:id="18"/>
       <w:r w:rsidR="008B1619" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-        <w:commentReference w:id="17"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:commentReference w:id="18"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A1F54E3" w14:textId="77777777" w:rsidR="00BD1805" w:rsidRPr="00A6094B" w:rsidRDefault="00BD1805" w:rsidP="00BD1805">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Örneğin;</w:t>
       </w:r>
     </w:p>
@@ -2430,110 +2476,112 @@
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="021993F1" w14:textId="77777777" w:rsidR="00292C65" w:rsidRPr="00292C65" w:rsidRDefault="00292C65" w:rsidP="001C5D75">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="18"/>
+      <w:commentRangeStart w:id="19"/>
       <w:r w:rsidRPr="00292C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yazarlık Katkısı</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="18"/>
-      <w:r>
+      <w:commentRangeEnd w:id="19"/>
+      <w:r w:rsidRPr="00292C65">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="18"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="19"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB44276" w14:textId="1A030C63" w:rsidR="00292C65" w:rsidRPr="00292C65" w:rsidRDefault="00292C65" w:rsidP="001C5D75">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00292C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fikir: </w:t>
       </w:r>
-      <w:commentRangeStart w:id="19"/>
+      <w:commentRangeStart w:id="20"/>
       <w:r w:rsidR="005C0744">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>UK, MK</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="19"/>
+      <w:commentRangeEnd w:id="20"/>
       <w:r w:rsidR="005C0744">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="19"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="20"/>
       </w:r>
       <w:r w:rsidR="000875EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00292C65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tasarım:</w:t>
       </w:r>
       <w:r w:rsidR="005C0744">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> UK, MK</w:t>
       </w:r>
@@ -2758,70 +2806,72 @@
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E5401E" w14:textId="77777777" w:rsidR="00246843" w:rsidRPr="00A6094B" w:rsidRDefault="00246843" w:rsidP="00246843">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="232"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="20"/>
+      <w:commentRangeStart w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Teşekkür </w:t>
       </w:r>
-      <w:commentRangeEnd w:id="20"/>
+      <w:commentRangeEnd w:id="21"/>
       <w:r w:rsidR="00DE27EB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...2 lines deleted...]
-        <w:commentReference w:id="20"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="21"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE27EB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Thanks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD99F7A" w14:textId="77777777" w:rsidR="00246843" w:rsidRPr="00E60FAB" w:rsidRDefault="00246843" w:rsidP="00246843">
       <w:pPr>
@@ -2845,528 +2895,546 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC810B2" w14:textId="77777777" w:rsidR="00246843" w:rsidRPr="00A6094B" w:rsidRDefault="00246843" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Heuristica Regular" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38353C6E" w14:textId="77777777" w:rsidR="00282DEF" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="21"/>
+      <w:commentRangeStart w:id="22"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Geliş</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="21"/>
+      <w:commentRangeEnd w:id="22"/>
       <w:r w:rsidR="00F4505C" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="21"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="22"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Received:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D5C118A" w14:textId="77777777" w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidRDefault="002C0950" w:rsidP="00642F52">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:commentRangeStart w:id="22"/>
+      <w:commentRangeStart w:id="23"/>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kabul</w:t>
       </w:r>
-      <w:commentRangeEnd w:id="22"/>
+      <w:commentRangeEnd w:id="23"/>
       <w:r w:rsidR="00F4505C" w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:commentReference w:id="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="23"/>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Accepted:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A6094B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00126C66" w:rsidRPr="00A6094B" w:rsidSect="00D533C2">
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="850" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Author" w:initials="A">
+    <w:p w14:paraId="0A5BFD58" w14:textId="77777777" w:rsidR="00CA7626" w:rsidRDefault="00CA7626" w:rsidP="00CA7626">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Lütfen makale türünü belirtiniz: Ör: Araştırma Makalesi, Olgu Sunumu, yahut Derleme</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="Author" w:initials="A">
     <w:p w14:paraId="0019C336" w14:textId="77777777" w:rsidR="00BC47FE" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00702CFC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00702CFC">
         <w:t>Bu belgedeki tüm açıklama kutucuklarını araç çubuğunda bulunan Gözden Geçir sekmesindeki yorum silme düğmesinin sağındaki minik oka tıklayarak Bu Belgedeki Tüm Açıklamaları Sil seçeneği ile bir defada kaldırabilirsiniz. Açıklamaları silmeden önce lütfen sonuna kadar okuyunuz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="1" w:author="Author" w:initials="A">
+  <w:comment w:id="4" w:author="Author" w:initials="A">
     <w:p w14:paraId="7762ADA1" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525" w:rsidP="00B37D87">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00B37D87">
         <w:t xml:space="preserve">Sadece ilk kelime büyük harfle başlayan, özel isimler hariç diğer kelimeler cümle düzenine göre küçük harfle Türkçe Başlık. </w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="2" w:author="Author" w:initials="A">
+  <w:comment w:id="3" w:author="Author" w:initials="A">
     <w:p w14:paraId="1FABF07A" w14:textId="77777777" w:rsidR="00E74825" w:rsidRPr="00E74825" w:rsidRDefault="00E74825" w:rsidP="0034759D">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="00E74825">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0034759D">
         <w:t>Makale ait Türkçe ve İngilizce başlık, kısa başlıklar, tüm yazarların ayrı ayrı; unvanları, uzmanlık alanları, görev yerleri, e-posta adresleri, ORCID iD bilgisi ve sorumlu yazarın iletişim adresine dair bilgiler, feragat, çalışmanın mali kaynakları, çıkar çatışması olup olmadığı, teşekkür dahil tüm bildirimler bu dosyada mevcut olmalıdır. Bu dosya hiçbir şekilde danışmanlarla paylaşılmayacaktır.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="3" w:author="Author" w:initials="A">
+  <w:comment w:id="2" w:author="Author" w:initials="A">
     <w:p w14:paraId="22354AAB" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00D32A64">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00D32A64">
         <w:t xml:space="preserve">Makale başlığının tamamının büyük harflerle yazımından uzak durulmalı, bağlaçlar (ör., ve, ile, de, dahi, ancak, ama, fakat, için, hepsi, hiçbiri) dahil kelimelerin ilk harfleri küçük yazılmalıdır. </w:t>
       </w:r>
       <w:r w:rsidR="00D32A64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Başlıklarda kısaltma kullanılmamasına dikkat edilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="4" w:author="Author" w:initials="A">
+  <w:comment w:id="5" w:author="Author" w:initials="A">
     <w:p w14:paraId="717E4D7F" w14:textId="77777777" w:rsidR="00D32A64" w:rsidRDefault="00D32A64" w:rsidP="00B37D87">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00B37D87">
         <w:t>Yazınız dizgiye hazırlanırken iç sayfaların başında yer almak üzere 40 karakteri geçmeyecek kısa başlık ekleyiniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="5" w:author="Author" w:initials="A">
+  <w:comment w:id="6" w:author="Author" w:initials="A">
     <w:p w14:paraId="156FF700" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>İngilizce Başlık</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="6" w:author="Author" w:initials="A">
+  <w:comment w:id="7" w:author="Author" w:initials="A">
     <w:p w14:paraId="03638A34" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00D32A64">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00D32A64">
         <w:t xml:space="preserve">Makale başlığının tamamının büyük harflerle yazımından uzak durulmalı, bağlaçlar (ör., ve, ile, de, dahi, ancak, ama, fakat, için, hepsi, hiçbiri) dahil kelimelerin ilk harfleri küçük yazılmalıdır. </w:t>
       </w:r>
       <w:r w:rsidR="00D32A64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Başlıklarda kısaltma kullanılmamasına dikkat edilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="7" w:author="Author" w:initials="A">
+  <w:comment w:id="8" w:author="Author" w:initials="A">
     <w:p w14:paraId="1CB9A025" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525" w:rsidP="00B8620B">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00B8620B">
         <w:t>Yazar isimlerini lütfen sadece ilk harflerini büyük yazınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="8" w:author="Author" w:initials="A">
+  <w:comment w:id="9" w:author="Author" w:initials="A">
     <w:p w14:paraId="18416836" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00DE3525">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Türkçe ve İngilizce başlıklardan sonra yazar isimlerini lütfen kısaltma olmadan ve numaralandırmadan ekleyiniz. Örneğin, Mehmet Akif Ersoy gibi birden fazla kelimeden oluşan isimleri M. Akif Ersoy, yahut Mehmet A. Ersoy gibi kısaltmayınız. Sorumlu yazarın * işareti ile belirtilmesi yeterlidir.</w:t>
-      </w:r>
-[...21 lines deleted...]
-        <w:t>Bu alanda lütfen değişiklik yapmayınız</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="10" w:author="Author" w:initials="A">
-    <w:p w14:paraId="76ABDCD3" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="20479F02" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRPr="006521BB" w:rsidRDefault="00DE3525" w:rsidP="00DE3525">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
-      <w:r>
-[...60 lines deleted...]
-        <w:t>yazar sayısı fazla ise aynı şekilde eklenmeli, az ise fazla satırlar kaldırılmalıdır.</w:t>
+      <w:r w:rsidRPr="006521BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Bu alanda lütfen değişiklik yapmayınız</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="11" w:author="Author" w:initials="A">
+    <w:p w14:paraId="76ABDCD3" w14:textId="77777777" w:rsidR="00DE3525" w:rsidRDefault="00DE3525">
+      <w:pPr>
+        <w:pStyle w:val="CommentText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CommentReference"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>üm yazarların ayrı ayrı</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3525">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isimleri, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3525">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unvanları, uzmanlık alanları, görev yerleri, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3525">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e-posta adresleri, ORCID iD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3525">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>bilgisi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bu bölümde yer almalı, </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3D4A">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>yazar sayısı fazla ise aynı şekilde eklenmeli, az ise fazla satırlar kaldırılmalıdır.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="12" w:author="Author" w:initials="A">
     <w:p w14:paraId="3A438755" w14:textId="77777777" w:rsidR="003A540E" w:rsidRPr="006521BB" w:rsidRDefault="003A540E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="006521BB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Sizin (işvereniniz veya sponsorunuzun), çalışmanız üzerinde tesiri olabilecek diğer kuruluşlar veya bu kuruluşlarla iş yapan kişilerle mali, ticari, hukuki veya mesleki münasebetlerinizin olması halinde çıkar çatışması söz konusu olabilmektedir. Bu nedenle, yazının dergimize gönderilmesi sırasında bir çıkar çatışmasının olup olmadığının açık biçimde belirtilmesi gerekmektedir. Lütfen gereksiz olan satırları kaldırınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="12" w:author="Author" w:initials="A">
+  <w:comment w:id="13" w:author="Author" w:initials="A">
     <w:p w14:paraId="4BABAB4F" w14:textId="77777777" w:rsidR="003A540E" w:rsidRDefault="003A540E">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Yok ise lütfen altındaki paragrafla birlikte kaldırınız</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="13" w:author="Author" w:initials="A">
+  <w:comment w:id="14" w:author="Author" w:initials="A">
     <w:p w14:paraId="13D7D0F7" w14:textId="77777777" w:rsidR="00590368" w:rsidRDefault="00590368">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Çalışmanın yürütülmesi için herhangi bir kurum veya kuruluştan mali destek sağlanmış, yahut Proje desteği kullanılmış ise lütfen uygun olan seçeneği </w:t>
       </w:r>
       <w:r w:rsidR="00300F8B">
         <w:t>doldurarak</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> diğerlerini kaldırınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="14" w:author="Author" w:initials="A">
+  <w:comment w:id="15" w:author="Author" w:initials="A">
     <w:p w14:paraId="59785059" w14:textId="77777777" w:rsidR="00246843" w:rsidRDefault="00246843" w:rsidP="0014498F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0014498F">
         <w:t>Çalışmanız daha önce tebliğ olarak sunulmuş ise mutlaka yandaki örnekteki gibi bildirime yer verilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="15" w:author="Author" w:initials="A">
+  <w:comment w:id="16" w:author="Author" w:initials="A">
     <w:p w14:paraId="77AF3E25" w14:textId="77777777" w:rsidR="00590368" w:rsidRDefault="00590368" w:rsidP="00702CFC">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="00702CFC">
         <w:t>Kongre ve sempozyumlarda sunulan bildirilerin kabul edilebilmesi için çalışmanın tam metninin bildiri kitabında yayınlanmamış olması ve daha önce sunulduğuna ait bilgilerin gönderim sırasında dipnot olarak belirtilmesi gerekmektedir. Çalışmanızın bir bölümü daha önce bilimsel bir toplantıda sunulmuş ise lütfen burada belirtiniz. Değilse her iki dildeki alanı lütfen kaldırınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="16" w:author="Author" w:initials="A">
+  <w:comment w:id="17" w:author="Author" w:initials="A">
     <w:p w14:paraId="18F00D27" w14:textId="77777777" w:rsidR="00590368" w:rsidRDefault="00590368" w:rsidP="0014498F">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidR="0014498F">
         <w:t>Yazınız daha önce tamamlanmış bir tezin (yüksek lisans, doktora yahut uzmanlık tezi) yeniden düzenlenmesi ile oluşturulmuş ise mutlaka burada belirtmelisiniz. Yeni bir çalışma ise her iki dildeki alanı lütfen kaldırınız.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="17" w:author="Author" w:initials="A">
+  <w:comment w:id="18" w:author="Author" w:initials="A">
     <w:p w14:paraId="4C354073" w14:textId="77777777" w:rsidR="008B1619" w:rsidRPr="008B1619" w:rsidRDefault="008B1619" w:rsidP="008B1619">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="008B1619">
         <w:t>TR Dizin, daha önce tavsiye niteliğinde yayınladığı bazı kuralları 2020 yılı itibariyle zorunlu kılmıştır. Dolayısıyla dergimizde değerlendirilmesi için hazırlayacağınız yazı taslaklarında aşağıdaki hususları da göz önünde bulundurmanız gerekmektedir.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F646DB" w14:textId="77777777" w:rsidR="008B1619" w:rsidRDefault="008B1619">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5009198C" w14:textId="77777777" w:rsidR="008B1619" w:rsidRDefault="008B1619">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r w:rsidRPr="008B1619">
         <w:t xml:space="preserve">Sosyal bilimler dahil olmak üzere tüm bilim dallarında yapılan araştırmalar için ve etik kurul kararı gerektiren klinik ve deneysel insan ve hayvanlar üzerindeki çalışmalar için ayrı ayrı etik kurul onayı alınmış olmalı, bu onay makalede belirtilmeli ve belgelendirilmelidir. </w:t>
@@ -3410,51 +3478,51 @@
         </w:rPr>
         <w:t>2020 yılı öncesi araştırma verileri kullanılmış, yüksek lisans/doktora çalışmalarından üretilmiş (makalede belirtilmelidir), bir önceki yıl dergiye yayın başvurusunda bulunulmuş, kabul edilmiş ama henüz yayımlanmamış makaleler için geriye dönük etik kurul izni gerekmemektedir.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bu durum (tezin tarihi, başlığı ve yazarı) açıkça</w:t>
       </w:r>
       <w:r w:rsidR="000A0833">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> bildirimler bölümünde belirtilmelidir.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="18" w:author="Author" w:initials="A">
+  <w:comment w:id="19" w:author="Author" w:initials="A">
     <w:p w14:paraId="5E8FE63F" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gönderilen makalede yazar olarak sıralanan tüm bireyler çalışmaya yeterli emek vermiş olmalı, yazarlık kriterlerini karşılamalı ve katkıda bulunduğu içerik ile ilgili olarak sorumluluk almalıdır. Çalışmanın sonuçları ve bütünlüğü ile ilgili olarak yazıda yer alan her bölüm, en az bir yazarın sorumluluğu altında olmalıdır. ICMJE yazarlığın aşağıdaki 4 kritere dayalı olduğunu önermektedir:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5180E384" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65"/>
     <w:p w14:paraId="58A5169E" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1. Çalışmanın konsepti ya da tasarımına; çalışmanın bulgularına ait veri toplama, analiz ya da yorumlanmasına önemli katkı</w:t>
       </w:r>
     </w:p>
@@ -3476,413 +3544,420 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3. Yayınlanacak versiyonun son onayı</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DCD68A6" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65"/>
     <w:p w14:paraId="2C349F98" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65">
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4. Çalışmanın herhangi bir bölümünün doğruluğu veya bütünlüğü ile ilgili soruların uygun bir şekilde araştırılması ve çözümlenmesinin doğrulanmasında çalışmadan tüm yönleriyle sorumlu olmak</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79DB4449" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65"/>
     <w:p w14:paraId="6BD79BF4" w14:textId="77777777" w:rsidR="00292C65" w:rsidRDefault="00292C65" w:rsidP="00292C65">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:t>Makalelerde yazar sayısını gereksiz artırma gibi etik dışı bir uygulamanın ve kişilerin haksız akademik, vb. yarar sağlama davranışlarının önlenmesi için editör, yazarlardan her bir yazarın yazıya yaptığı katkının açıklanmasını isteyebilir ve bu bilginin yayınlanmasını uygun görebilir. Yazar sıralaması, tüm yazarların ortak kararına dayanmalıdır. Yazarlık sırasının belirlenmesindeki farklılıklardan dolayı, yazarlar tarafından aksi belirtilmedikçe, bildirilen sıra esas alınacaktır. Yazarlar, farklı bir sıralama söz konusu olduğunda bu durumu dipnotla açıklayabilirler.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="19" w:author="Author" w:initials="A">
+  <w:comment w:id="20" w:author="Author" w:initials="A">
     <w:p w14:paraId="4986CE29" w14:textId="77777777" w:rsidR="005C0744" w:rsidRDefault="005C0744" w:rsidP="008F27D8">
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bu harflerin yerine katkı yapan yazarların adlarının baş harflerini yazmalısınız…</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="20" w:author="Author" w:initials="A">
+  <w:comment w:id="21" w:author="Author" w:initials="A">
     <w:p w14:paraId="539FD1BC" w14:textId="77777777" w:rsidR="00DE27EB" w:rsidRDefault="00DE27EB" w:rsidP="00DE27EB">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Çalışmaya katkıda bulunmuş, ancak yazarlık kriterlerini doldurmayan kişilere yazının sonunda teşekkür etmek için uygun metni burada yazabilirsiniz.</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="21" w:author="Author" w:initials="A">
+  <w:comment w:id="22" w:author="Author" w:initials="A">
     <w:p w14:paraId="353E0725" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00F4505C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00F4505C">
         <w:t>Bu alanda lütfen değişiklik yapmayınız</w:t>
       </w:r>
     </w:p>
   </w:comment>
-  <w:comment w:id="22" w:author="Author" w:initials="A">
+  <w:comment w:id="23" w:author="Author" w:initials="A">
     <w:p w14:paraId="27A4D4DC" w14:textId="77777777" w:rsidR="00F4505C" w:rsidRDefault="00F4505C">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r w:rsidRPr="00F4505C">
         <w:t>Bu alanda lütfen değişiklik yapmayınız</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="0A5BFD58" w15:done="0"/>
   <w15:commentEx w15:paraId="0019C336" w15:done="0"/>
   <w15:commentEx w15:paraId="7762ADA1" w15:done="0"/>
   <w15:commentEx w15:paraId="1FABF07A" w15:done="0"/>
   <w15:commentEx w15:paraId="22354AAB" w15:done="0"/>
   <w15:commentEx w15:paraId="717E4D7F" w15:done="0"/>
   <w15:commentEx w15:paraId="156FF700" w15:done="0"/>
   <w15:commentEx w15:paraId="03638A34" w15:done="0"/>
   <w15:commentEx w15:paraId="1CB9A025" w15:done="0"/>
   <w15:commentEx w15:paraId="18416836" w15:done="0"/>
   <w15:commentEx w15:paraId="20479F02" w15:done="0"/>
   <w15:commentEx w15:paraId="76ABDCD3" w15:done="0"/>
   <w15:commentEx w15:paraId="3A438755" w15:done="0"/>
   <w15:commentEx w15:paraId="4BABAB4F" w15:done="0"/>
   <w15:commentEx w15:paraId="13D7D0F7" w15:done="0"/>
   <w15:commentEx w15:paraId="59785059" w15:done="0"/>
   <w15:commentEx w15:paraId="77AF3E25" w15:done="0"/>
   <w15:commentEx w15:paraId="18F00D27" w15:done="0"/>
   <w15:commentEx w15:paraId="1DFBC3B6" w15:done="0"/>
   <w15:commentEx w15:paraId="6BD79BF4" w15:done="0"/>
   <w15:commentEx w15:paraId="4986CE29" w15:done="0"/>
   <w15:commentEx w15:paraId="539FD1BC" w15:done="0"/>
   <w15:commentEx w15:paraId="353E0725" w15:done="0"/>
   <w15:commentEx w15:paraId="27A4D4DC" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="0A5BFD58" w16cid:durableId="56912178"/>
   <w16cid:commentId w16cid:paraId="0019C336" w16cid:durableId="2094AFFE"/>
   <w16cid:commentId w16cid:paraId="7762ADA1" w16cid:durableId="2094B0AD"/>
   <w16cid:commentId w16cid:paraId="1FABF07A" w16cid:durableId="2098BFEC"/>
   <w16cid:commentId w16cid:paraId="22354AAB" w16cid:durableId="2094B0BE"/>
   <w16cid:commentId w16cid:paraId="717E4D7F" w16cid:durableId="25453F1E"/>
   <w16cid:commentId w16cid:paraId="156FF700" w16cid:durableId="2094B0C8"/>
   <w16cid:commentId w16cid:paraId="03638A34" w16cid:durableId="2094B0D0"/>
   <w16cid:commentId w16cid:paraId="1CB9A025" w16cid:durableId="2094B0E3"/>
   <w16cid:commentId w16cid:paraId="18416836" w16cid:durableId="2094B0F3"/>
   <w16cid:commentId w16cid:paraId="20479F02" w16cid:durableId="2094B104"/>
   <w16cid:commentId w16cid:paraId="76ABDCD3" w16cid:durableId="2094B136"/>
   <w16cid:commentId w16cid:paraId="3A438755" w16cid:durableId="2094B223"/>
   <w16cid:commentId w16cid:paraId="4BABAB4F" w16cid:durableId="2094B272"/>
   <w16cid:commentId w16cid:paraId="13D7D0F7" w16cid:durableId="2094B320"/>
   <w16cid:commentId w16cid:paraId="59785059" w16cid:durableId="25A41DFD"/>
   <w16cid:commentId w16cid:paraId="77AF3E25" w16cid:durableId="2094B37D"/>
   <w16cid:commentId w16cid:paraId="18F00D27" w16cid:durableId="2094B3F6"/>
   <w16cid:commentId w16cid:paraId="1DFBC3B6" w16cid:durableId="2352BA50"/>
   <w16cid:commentId w16cid:paraId="6BD79BF4" w16cid:durableId="25A44478"/>
   <w16cid:commentId w16cid:paraId="4986CE29" w16cid:durableId="260113B6"/>
   <w16cid:commentId w16cid:paraId="539FD1BC" w16cid:durableId="25A42FDD"/>
   <w16cid:commentId w16cid:paraId="353E0725" w16cid:durableId="2094B47C"/>
   <w16cid:commentId w16cid:paraId="27A4D4DC" w16cid:durableId="2094B48C"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BFA686D" w14:textId="77777777" w:rsidR="00260BC4" w:rsidRDefault="00260BC4">
+    <w:p w14:paraId="0B7B8248" w14:textId="77777777" w:rsidR="00AF21DD" w:rsidRDefault="00AF21DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45357677" w14:textId="77777777" w:rsidR="00260BC4" w:rsidRDefault="00260BC4">
+    <w:p w14:paraId="220E9DEE" w14:textId="77777777" w:rsidR="00AF21DD" w:rsidRDefault="00AF21DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Yu Gothic"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
-    <w:panose1 w:val="02000503000000020004"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Heuristica Bold">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="02020803060705020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Heuristica Regular">
     <w:altName w:val="Heuristica"/>
-    <w:panose1 w:val="02020603050705020204"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="1381058521"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="11C49D0C" w14:textId="77777777" w:rsidR="00D533C2" w:rsidRDefault="00D533C2" w:rsidP="00727FAD">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="3EC9896F" w14:textId="77777777" w:rsidR="00D533C2" w:rsidRDefault="00D533C2" w:rsidP="00D533C2">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-1167328686"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="23F44A06" w14:textId="77777777" w:rsidR="00FE713F" w:rsidRDefault="00FE713F" w:rsidP="00FE713F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6DC89966" w14:textId="20AB9860" w:rsidR="00D533C2" w:rsidRPr="00FE713F" w:rsidRDefault="00FE713F" w:rsidP="00FE713F">
+  <w:p w14:paraId="6DC89966" w14:textId="03EFB221" w:rsidR="00D533C2" w:rsidRPr="00FE713F" w:rsidRDefault="00FE713F" w:rsidP="00FE713F">
     <w:pPr>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Form Rev. 1.1</w:t>
     </w:r>
-    <w:r w:rsidR="000875EF">
+    <w:r w:rsidR="00B525C2">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>/01.02.202</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="000875EF">
+    <w:r w:rsidR="00B525C2">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>.02.202</w:t>
+    </w:r>
+    <w:r w:rsidR="00B525C2">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20154362" w14:textId="77777777" w:rsidR="00260BC4" w:rsidRDefault="00260BC4">
+    <w:p w14:paraId="4940FB25" w14:textId="77777777" w:rsidR="00AF21DD" w:rsidRDefault="00AF21DD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6655F1FE" w14:textId="77777777" w:rsidR="00260BC4" w:rsidRDefault="00260BC4">
+    <w:p w14:paraId="70D2E066" w14:textId="77777777" w:rsidR="00AF21DD" w:rsidRDefault="00AF21DD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E565E60"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFE4370C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -4100,65 +4175,65 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2096432788">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1316450520">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2021269868">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="176"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C11A5"/>
@@ -4190,96 +4265,103 @@
     <w:rsid w:val="002707EF"/>
     <w:rsid w:val="00282DEF"/>
     <w:rsid w:val="00292C65"/>
     <w:rsid w:val="002B24B9"/>
     <w:rsid w:val="002C0950"/>
     <w:rsid w:val="002C210E"/>
     <w:rsid w:val="00300F8B"/>
     <w:rsid w:val="0034759D"/>
     <w:rsid w:val="003A540E"/>
     <w:rsid w:val="003C04EB"/>
     <w:rsid w:val="003E00C3"/>
     <w:rsid w:val="003F26E8"/>
     <w:rsid w:val="003F726D"/>
     <w:rsid w:val="00404F31"/>
     <w:rsid w:val="00411E37"/>
     <w:rsid w:val="004306C1"/>
     <w:rsid w:val="004368E9"/>
     <w:rsid w:val="004471D6"/>
     <w:rsid w:val="0049262A"/>
     <w:rsid w:val="004C11A5"/>
     <w:rsid w:val="004F0787"/>
     <w:rsid w:val="004F4839"/>
     <w:rsid w:val="004F7954"/>
     <w:rsid w:val="00510100"/>
     <w:rsid w:val="00582301"/>
+    <w:rsid w:val="00585767"/>
     <w:rsid w:val="00590368"/>
     <w:rsid w:val="00596CD3"/>
     <w:rsid w:val="005C0744"/>
     <w:rsid w:val="005C7BE7"/>
     <w:rsid w:val="005E4B2A"/>
     <w:rsid w:val="005F2F25"/>
+    <w:rsid w:val="005F3795"/>
     <w:rsid w:val="0063508C"/>
     <w:rsid w:val="00635C40"/>
     <w:rsid w:val="00642F52"/>
     <w:rsid w:val="006521BB"/>
     <w:rsid w:val="006644D5"/>
     <w:rsid w:val="00665F6A"/>
     <w:rsid w:val="006E3A91"/>
     <w:rsid w:val="006F04F2"/>
     <w:rsid w:val="006F2BC8"/>
     <w:rsid w:val="00702CFC"/>
     <w:rsid w:val="0079203A"/>
     <w:rsid w:val="007E1F1D"/>
+    <w:rsid w:val="00845FC5"/>
     <w:rsid w:val="00863887"/>
     <w:rsid w:val="008B1619"/>
     <w:rsid w:val="008B3D4A"/>
     <w:rsid w:val="008D52A7"/>
     <w:rsid w:val="00953187"/>
     <w:rsid w:val="00956171"/>
     <w:rsid w:val="00973A13"/>
     <w:rsid w:val="00983A14"/>
     <w:rsid w:val="009F247A"/>
     <w:rsid w:val="009F2F4D"/>
     <w:rsid w:val="00A176C4"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A6094B"/>
     <w:rsid w:val="00AE0F17"/>
+    <w:rsid w:val="00AF21DD"/>
     <w:rsid w:val="00AF3116"/>
+    <w:rsid w:val="00B01C4C"/>
     <w:rsid w:val="00B34B93"/>
     <w:rsid w:val="00B37D87"/>
     <w:rsid w:val="00B40EC4"/>
+    <w:rsid w:val="00B525C2"/>
     <w:rsid w:val="00B8620B"/>
     <w:rsid w:val="00B9246C"/>
     <w:rsid w:val="00BA68FE"/>
     <w:rsid w:val="00BC47FE"/>
     <w:rsid w:val="00BD1805"/>
     <w:rsid w:val="00C040CF"/>
     <w:rsid w:val="00C12808"/>
     <w:rsid w:val="00C515B2"/>
     <w:rsid w:val="00C82469"/>
     <w:rsid w:val="00CA2905"/>
+    <w:rsid w:val="00CA7626"/>
     <w:rsid w:val="00CD61F3"/>
     <w:rsid w:val="00CE3691"/>
     <w:rsid w:val="00D03462"/>
     <w:rsid w:val="00D32A64"/>
     <w:rsid w:val="00D3322B"/>
     <w:rsid w:val="00D47F6C"/>
     <w:rsid w:val="00D505DD"/>
     <w:rsid w:val="00D533C2"/>
     <w:rsid w:val="00D830F3"/>
     <w:rsid w:val="00D92BF8"/>
     <w:rsid w:val="00DA0CA3"/>
     <w:rsid w:val="00DA0CEC"/>
     <w:rsid w:val="00DC279A"/>
     <w:rsid w:val="00DE27EB"/>
     <w:rsid w:val="00DE3525"/>
     <w:rsid w:val="00E14308"/>
     <w:rsid w:val="00E60FAB"/>
     <w:rsid w:val="00E6112E"/>
     <w:rsid w:val="00E6653D"/>
     <w:rsid w:val="00E74825"/>
     <w:rsid w:val="00E91E34"/>
     <w:rsid w:val="00EE4E73"/>
     <w:rsid w:val="00EF4D52"/>
     <w:rsid w:val="00F020B5"/>
     <w:rsid w:val="00F16DF5"/>
@@ -4291,57 +4373,57 @@
     <w:rsid w:val="00FC39BA"/>
     <w:rsid w:val="00FE713F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2976423D"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bdr w:val="nil"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5019,51 +5101,51 @@
       <w:iCs/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="006F2BC8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="00A2FF" w:themeColor="accent1"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="41708446">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="510724460">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6236,72 +6318,72 @@
         </a:lvl9pPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="none"/>
       </a:style>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>632</Words>
-  <Characters>3708</Characters>
+  <Words>649</Words>
+  <Characters>3705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
-  <Paragraphs>61</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4279</CharactersWithSpaces>
+  <CharactersWithSpaces>4346</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>